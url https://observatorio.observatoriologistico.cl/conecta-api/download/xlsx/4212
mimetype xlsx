--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -665,51 +665,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F284"/>
+  <dimension ref="A1:F295"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -6219,50 +6219,270 @@
       <c r="E283" t="s">
         <v>26</v>
       </c>
       <c r="F283">
         <v>1.0</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284">
         <v>2024</v>
       </c>
       <c r="B284" t="s">
         <v>16</v>
       </c>
       <c r="C284" t="s">
         <v>7</v>
       </c>
       <c r="D284" t="s">
         <v>8</v>
       </c>
       <c r="E284" t="s">
         <v>101</v>
       </c>
       <c r="F284">
         <v>4.0</v>
+      </c>
+    </row>
+    <row r="285" spans="1:6">
+      <c r="A285">
+        <v>2025</v>
+      </c>
+      <c r="B285" t="s">
+        <v>6</v>
+      </c>
+      <c r="C285" t="s">
+        <v>7</v>
+      </c>
+      <c r="D285" t="s">
+        <v>8</v>
+      </c>
+      <c r="E285" t="s">
+        <v>6</v>
+      </c>
+      <c r="F285">
+        <v>10.0</v>
+      </c>
+    </row>
+    <row r="286" spans="1:6">
+      <c r="A286">
+        <v>2025</v>
+      </c>
+      <c r="B286" t="s">
+        <v>6</v>
+      </c>
+      <c r="C286" t="s">
+        <v>7</v>
+      </c>
+      <c r="D286" t="s">
+        <v>9</v>
+      </c>
+      <c r="E286" t="s">
+        <v>6</v>
+      </c>
+      <c r="F286">
+        <v>41.0</v>
+      </c>
+    </row>
+    <row r="287" spans="1:6">
+      <c r="A287">
+        <v>2025</v>
+      </c>
+      <c r="B287" t="s">
+        <v>6</v>
+      </c>
+      <c r="C287" t="s">
+        <v>10</v>
+      </c>
+      <c r="D287" t="s">
+        <v>10</v>
+      </c>
+      <c r="E287" t="s">
+        <v>6</v>
+      </c>
+      <c r="F287">
+        <v>50.0</v>
+      </c>
+    </row>
+    <row r="288" spans="1:6">
+      <c r="A288">
+        <v>2025</v>
+      </c>
+      <c r="B288" t="s">
+        <v>11</v>
+      </c>
+      <c r="C288" t="s">
+        <v>7</v>
+      </c>
+      <c r="D288" t="s">
+        <v>8</v>
+      </c>
+      <c r="E288" t="s">
+        <v>12</v>
+      </c>
+      <c r="F288">
+        <v>5.0</v>
+      </c>
+    </row>
+    <row r="289" spans="1:6">
+      <c r="A289">
+        <v>2025</v>
+      </c>
+      <c r="B289" t="s">
+        <v>11</v>
+      </c>
+      <c r="C289" t="s">
+        <v>7</v>
+      </c>
+      <c r="D289" t="s">
+        <v>8</v>
+      </c>
+      <c r="E289" t="s">
+        <v>13</v>
+      </c>
+      <c r="F289">
+        <v>4.0</v>
+      </c>
+    </row>
+    <row r="290" spans="1:6">
+      <c r="A290">
+        <v>2025</v>
+      </c>
+      <c r="B290" t="s">
+        <v>11</v>
+      </c>
+      <c r="C290" t="s">
+        <v>7</v>
+      </c>
+      <c r="D290" t="s">
+        <v>8</v>
+      </c>
+      <c r="E290" t="s">
+        <v>14</v>
+      </c>
+      <c r="F290">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="291" spans="1:6">
+      <c r="A291">
+        <v>2025</v>
+      </c>
+      <c r="B291" t="s">
+        <v>11</v>
+      </c>
+      <c r="C291" t="s">
+        <v>7</v>
+      </c>
+      <c r="D291" t="s">
+        <v>8</v>
+      </c>
+      <c r="E291" t="s">
+        <v>15</v>
+      </c>
+      <c r="F291">
+        <v>10.0</v>
+      </c>
+    </row>
+    <row r="292" spans="1:6">
+      <c r="A292">
+        <v>2025</v>
+      </c>
+      <c r="B292" t="s">
+        <v>11</v>
+      </c>
+      <c r="C292" t="s">
+        <v>7</v>
+      </c>
+      <c r="D292" t="s">
+        <v>9</v>
+      </c>
+      <c r="E292" t="s">
+        <v>12</v>
+      </c>
+      <c r="F292">
+        <v>24.0</v>
+      </c>
+    </row>
+    <row r="293" spans="1:6">
+      <c r="A293">
+        <v>2025</v>
+      </c>
+      <c r="B293" t="s">
+        <v>11</v>
+      </c>
+      <c r="C293" t="s">
+        <v>7</v>
+      </c>
+      <c r="D293" t="s">
+        <v>9</v>
+      </c>
+      <c r="E293" t="s">
+        <v>13</v>
+      </c>
+      <c r="F293">
+        <v>21.0</v>
+      </c>
+    </row>
+    <row r="294" spans="1:6">
+      <c r="A294">
+        <v>2025</v>
+      </c>
+      <c r="B294" t="s">
+        <v>11</v>
+      </c>
+      <c r="C294" t="s">
+        <v>7</v>
+      </c>
+      <c r="D294" t="s">
+        <v>9</v>
+      </c>
+      <c r="E294" t="s">
+        <v>14</v>
+      </c>
+      <c r="F294">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="295" spans="1:6">
+      <c r="A295">
+        <v>2025</v>
+      </c>
+      <c r="B295" t="s">
+        <v>11</v>
+      </c>
+      <c r="C295" t="s">
+        <v>7</v>
+      </c>
+      <c r="D295" t="s">
+        <v>9</v>
+      </c>
+      <c r="E295" t="s">
+        <v>15</v>
+      </c>
+      <c r="F295">
+        <v>39.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>