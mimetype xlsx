--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -437,51 +437,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F179"/>
+  <dimension ref="A1:F215"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -3810,263 +3810,983 @@
     <row r="168" spans="1:6">
       <c r="A168">
         <v>2024</v>
       </c>
       <c r="B168" t="s">
         <v>19</v>
       </c>
       <c r="C168" t="s">
         <v>7</v>
       </c>
       <c r="D168" t="s">
         <v>8</v>
       </c>
       <c r="E168" t="s">
         <v>9</v>
       </c>
       <c r="F168">
         <v>25</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169">
         <v>2025</v>
       </c>
       <c r="B169" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="C169" t="s">
         <v>7</v>
       </c>
       <c r="D169" t="s">
         <v>13</v>
       </c>
       <c r="E169" t="s">
         <v>25</v>
       </c>
       <c r="F169">
-        <v>14</v>
+        <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170">
         <v>2025</v>
       </c>
       <c r="B170" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="C170" t="s">
         <v>7</v>
       </c>
       <c r="D170" t="s">
         <v>13</v>
       </c>
       <c r="E170" t="s">
         <v>24</v>
       </c>
       <c r="F170">
-        <v>3</v>
+        <v>10</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171">
         <v>2025</v>
       </c>
       <c r="B171" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="C171" t="s">
         <v>23</v>
       </c>
       <c r="D171" t="s">
         <v>13</v>
       </c>
       <c r="E171" t="s">
         <v>24</v>
       </c>
       <c r="F171">
-        <v>17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172">
         <v>2025</v>
       </c>
       <c r="B172" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="C172" t="s">
         <v>7</v>
       </c>
       <c r="D172" t="s">
         <v>8</v>
       </c>
       <c r="E172" t="s">
         <v>9</v>
       </c>
       <c r="F172">
-        <v>47</v>
+        <v>36</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173">
         <v>2025</v>
       </c>
       <c r="B173" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C173" t="s">
         <v>7</v>
       </c>
       <c r="D173" t="s">
         <v>13</v>
       </c>
       <c r="E173" t="s">
         <v>14</v>
       </c>
       <c r="F173">
         <v>1</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174">
         <v>2025</v>
       </c>
       <c r="B174" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C174" t="s">
         <v>7</v>
       </c>
       <c r="D174" t="s">
         <v>13</v>
       </c>
       <c r="E174" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F174">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175">
         <v>2025</v>
       </c>
       <c r="B175" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C175" t="s">
         <v>23</v>
       </c>
       <c r="D175" t="s">
         <v>13</v>
       </c>
       <c r="E175" t="s">
         <v>24</v>
       </c>
       <c r="F175">
-        <v>40</v>
+        <v>4</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176">
         <v>2025</v>
       </c>
       <c r="B176" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C176" t="s">
         <v>7</v>
       </c>
       <c r="D176" t="s">
         <v>8</v>
       </c>
       <c r="E176" t="s">
         <v>9</v>
       </c>
       <c r="F176">
-        <v>10</v>
+        <v>22</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177">
         <v>2025</v>
       </c>
       <c r="B177" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="C177" t="s">
         <v>7</v>
       </c>
       <c r="D177" t="s">
         <v>13</v>
       </c>
       <c r="E177" t="s">
         <v>14</v>
       </c>
       <c r="F177">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178">
         <v>2025</v>
       </c>
       <c r="B178" t="s">
-        <v>22</v>
+        <v>11</v>
       </c>
       <c r="C178" t="s">
         <v>7</v>
       </c>
       <c r="D178" t="s">
         <v>13</v>
       </c>
       <c r="E178" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F178">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179">
         <v>2025</v>
       </c>
       <c r="B179" t="s">
+        <v>11</v>
+      </c>
+      <c r="C179" t="s">
+        <v>7</v>
+      </c>
+      <c r="D179" t="s">
+        <v>13</v>
+      </c>
+      <c r="E179" t="s">
+        <v>24</v>
+      </c>
+      <c r="F179">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6">
+      <c r="A180">
+        <v>2025</v>
+      </c>
+      <c r="B180" t="s">
+        <v>11</v>
+      </c>
+      <c r="C180" t="s">
+        <v>23</v>
+      </c>
+      <c r="D180" t="s">
+        <v>13</v>
+      </c>
+      <c r="E180" t="s">
+        <v>24</v>
+      </c>
+      <c r="F180">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6">
+      <c r="A181">
+        <v>2025</v>
+      </c>
+      <c r="B181" t="s">
+        <v>11</v>
+      </c>
+      <c r="C181" t="s">
+        <v>7</v>
+      </c>
+      <c r="D181" t="s">
+        <v>8</v>
+      </c>
+      <c r="E181" t="s">
+        <v>9</v>
+      </c>
+      <c r="F181">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6">
+      <c r="A182">
+        <v>2025</v>
+      </c>
+      <c r="B182" t="s">
+        <v>21</v>
+      </c>
+      <c r="C182" t="s">
+        <v>7</v>
+      </c>
+      <c r="D182" t="s">
+        <v>13</v>
+      </c>
+      <c r="E182" t="s">
+        <v>25</v>
+      </c>
+      <c r="F182">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6">
+      <c r="A183">
+        <v>2025</v>
+      </c>
+      <c r="B183" t="s">
+        <v>21</v>
+      </c>
+      <c r="C183" t="s">
+        <v>7</v>
+      </c>
+      <c r="D183" t="s">
+        <v>13</v>
+      </c>
+      <c r="E183" t="s">
+        <v>24</v>
+      </c>
+      <c r="F183">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6">
+      <c r="A184">
+        <v>2025</v>
+      </c>
+      <c r="B184" t="s">
+        <v>21</v>
+      </c>
+      <c r="C184" t="s">
+        <v>23</v>
+      </c>
+      <c r="D184" t="s">
+        <v>13</v>
+      </c>
+      <c r="E184" t="s">
+        <v>24</v>
+      </c>
+      <c r="F184">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6">
+      <c r="A185">
+        <v>2025</v>
+      </c>
+      <c r="B185" t="s">
+        <v>21</v>
+      </c>
+      <c r="C185" t="s">
+        <v>7</v>
+      </c>
+      <c r="D185" t="s">
+        <v>8</v>
+      </c>
+      <c r="E185" t="s">
+        <v>9</v>
+      </c>
+      <c r="F185">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6">
+      <c r="A186">
+        <v>2025</v>
+      </c>
+      <c r="B186" t="s">
+        <v>15</v>
+      </c>
+      <c r="C186" t="s">
+        <v>7</v>
+      </c>
+      <c r="D186" t="s">
+        <v>13</v>
+      </c>
+      <c r="E186" t="s">
+        <v>14</v>
+      </c>
+      <c r="F186">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6">
+      <c r="A187">
+        <v>2025</v>
+      </c>
+      <c r="B187" t="s">
+        <v>15</v>
+      </c>
+      <c r="C187" t="s">
+        <v>7</v>
+      </c>
+      <c r="D187" t="s">
+        <v>13</v>
+      </c>
+      <c r="E187" t="s">
+        <v>24</v>
+      </c>
+      <c r="F187">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6">
+      <c r="A188">
+        <v>2025</v>
+      </c>
+      <c r="B188" t="s">
+        <v>15</v>
+      </c>
+      <c r="C188" t="s">
+        <v>23</v>
+      </c>
+      <c r="D188" t="s">
+        <v>13</v>
+      </c>
+      <c r="E188" t="s">
+        <v>24</v>
+      </c>
+      <c r="F188">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6">
+      <c r="A189">
+        <v>2025</v>
+      </c>
+      <c r="B189" t="s">
+        <v>15</v>
+      </c>
+      <c r="C189" t="s">
+        <v>7</v>
+      </c>
+      <c r="D189" t="s">
+        <v>8</v>
+      </c>
+      <c r="E189" t="s">
+        <v>9</v>
+      </c>
+      <c r="F189">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6">
+      <c r="A190">
+        <v>2025</v>
+      </c>
+      <c r="B190" t="s">
+        <v>16</v>
+      </c>
+      <c r="C190" t="s">
+        <v>7</v>
+      </c>
+      <c r="D190" t="s">
+        <v>13</v>
+      </c>
+      <c r="E190" t="s">
+        <v>25</v>
+      </c>
+      <c r="F190">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6">
+      <c r="A191">
+        <v>2025</v>
+      </c>
+      <c r="B191" t="s">
+        <v>16</v>
+      </c>
+      <c r="C191" t="s">
+        <v>7</v>
+      </c>
+      <c r="D191" t="s">
+        <v>13</v>
+      </c>
+      <c r="E191" t="s">
+        <v>24</v>
+      </c>
+      <c r="F191">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6">
+      <c r="A192">
+        <v>2025</v>
+      </c>
+      <c r="B192" t="s">
+        <v>16</v>
+      </c>
+      <c r="C192" t="s">
+        <v>23</v>
+      </c>
+      <c r="D192" t="s">
+        <v>13</v>
+      </c>
+      <c r="E192" t="s">
+        <v>24</v>
+      </c>
+      <c r="F192">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6">
+      <c r="A193">
+        <v>2025</v>
+      </c>
+      <c r="B193" t="s">
+        <v>16</v>
+      </c>
+      <c r="C193" t="s">
+        <v>7</v>
+      </c>
+      <c r="D193" t="s">
+        <v>8</v>
+      </c>
+      <c r="E193" t="s">
+        <v>9</v>
+      </c>
+      <c r="F193">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6">
+      <c r="A194">
+        <v>2025</v>
+      </c>
+      <c r="B194" t="s">
+        <v>17</v>
+      </c>
+      <c r="C194" t="s">
+        <v>7</v>
+      </c>
+      <c r="D194" t="s">
+        <v>13</v>
+      </c>
+      <c r="E194" t="s">
+        <v>14</v>
+      </c>
+      <c r="F194">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6">
+      <c r="A195">
+        <v>2025</v>
+      </c>
+      <c r="B195" t="s">
+        <v>17</v>
+      </c>
+      <c r="C195" t="s">
+        <v>7</v>
+      </c>
+      <c r="D195" t="s">
+        <v>13</v>
+      </c>
+      <c r="E195" t="s">
+        <v>25</v>
+      </c>
+      <c r="F195">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6">
+      <c r="A196">
+        <v>2025</v>
+      </c>
+      <c r="B196" t="s">
+        <v>17</v>
+      </c>
+      <c r="C196" t="s">
+        <v>7</v>
+      </c>
+      <c r="D196" t="s">
+        <v>13</v>
+      </c>
+      <c r="E196" t="s">
+        <v>24</v>
+      </c>
+      <c r="F196">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6">
+      <c r="A197">
+        <v>2025</v>
+      </c>
+      <c r="B197" t="s">
+        <v>17</v>
+      </c>
+      <c r="C197" t="s">
+        <v>23</v>
+      </c>
+      <c r="D197" t="s">
+        <v>13</v>
+      </c>
+      <c r="E197" t="s">
+        <v>24</v>
+      </c>
+      <c r="F197">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6">
+      <c r="A198">
+        <v>2025</v>
+      </c>
+      <c r="B198" t="s">
+        <v>17</v>
+      </c>
+      <c r="C198" t="s">
+        <v>7</v>
+      </c>
+      <c r="D198" t="s">
+        <v>8</v>
+      </c>
+      <c r="E198" t="s">
+        <v>9</v>
+      </c>
+      <c r="F198">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6">
+      <c r="A199">
+        <v>2025</v>
+      </c>
+      <c r="B199" t="s">
         <v>22</v>
       </c>
-      <c r="C179" t="s">
-[...9 lines deleted...]
-        <v>13</v>
+      <c r="C199" t="s">
+        <v>7</v>
+      </c>
+      <c r="D199" t="s">
+        <v>13</v>
+      </c>
+      <c r="E199" t="s">
+        <v>14</v>
+      </c>
+      <c r="F199">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6">
+      <c r="A200">
+        <v>2025</v>
+      </c>
+      <c r="B200" t="s">
+        <v>22</v>
+      </c>
+      <c r="C200" t="s">
+        <v>7</v>
+      </c>
+      <c r="D200" t="s">
+        <v>13</v>
+      </c>
+      <c r="E200" t="s">
+        <v>24</v>
+      </c>
+      <c r="F200">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6">
+      <c r="A201">
+        <v>2025</v>
+      </c>
+      <c r="B201" t="s">
+        <v>22</v>
+      </c>
+      <c r="C201" t="s">
+        <v>7</v>
+      </c>
+      <c r="D201" t="s">
+        <v>8</v>
+      </c>
+      <c r="E201" t="s">
+        <v>9</v>
+      </c>
+      <c r="F201">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6">
+      <c r="A202">
+        <v>2025</v>
+      </c>
+      <c r="B202" t="s">
+        <v>6</v>
+      </c>
+      <c r="C202" t="s">
+        <v>7</v>
+      </c>
+      <c r="D202" t="s">
+        <v>13</v>
+      </c>
+      <c r="E202" t="s">
+        <v>25</v>
+      </c>
+      <c r="F202">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6">
+      <c r="A203">
+        <v>2025</v>
+      </c>
+      <c r="B203" t="s">
+        <v>6</v>
+      </c>
+      <c r="C203" t="s">
+        <v>7</v>
+      </c>
+      <c r="D203" t="s">
+        <v>8</v>
+      </c>
+      <c r="E203" t="s">
+        <v>9</v>
+      </c>
+      <c r="F203">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6">
+      <c r="A204">
+        <v>2025</v>
+      </c>
+      <c r="B204" t="s">
+        <v>12</v>
+      </c>
+      <c r="C204" t="s">
+        <v>7</v>
+      </c>
+      <c r="D204" t="s">
+        <v>13</v>
+      </c>
+      <c r="E204" t="s">
+        <v>25</v>
+      </c>
+      <c r="F204">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6">
+      <c r="A205">
+        <v>2025</v>
+      </c>
+      <c r="B205" t="s">
+        <v>12</v>
+      </c>
+      <c r="C205" t="s">
+        <v>23</v>
+      </c>
+      <c r="D205" t="s">
+        <v>13</v>
+      </c>
+      <c r="E205" t="s">
+        <v>24</v>
+      </c>
+      <c r="F205">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="206" spans="1:6">
+      <c r="A206">
+        <v>2025</v>
+      </c>
+      <c r="B206" t="s">
+        <v>12</v>
+      </c>
+      <c r="C206" t="s">
+        <v>7</v>
+      </c>
+      <c r="D206" t="s">
+        <v>8</v>
+      </c>
+      <c r="E206" t="s">
+        <v>9</v>
+      </c>
+      <c r="F206">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="207" spans="1:6">
+      <c r="A207">
+        <v>2025</v>
+      </c>
+      <c r="B207" t="s">
+        <v>18</v>
+      </c>
+      <c r="C207" t="s">
+        <v>7</v>
+      </c>
+      <c r="D207" t="s">
+        <v>13</v>
+      </c>
+      <c r="E207" t="s">
+        <v>14</v>
+      </c>
+      <c r="F207">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6">
+      <c r="A208">
+        <v>2025</v>
+      </c>
+      <c r="B208" t="s">
+        <v>18</v>
+      </c>
+      <c r="C208" t="s">
+        <v>7</v>
+      </c>
+      <c r="D208" t="s">
+        <v>13</v>
+      </c>
+      <c r="E208" t="s">
+        <v>25</v>
+      </c>
+      <c r="F208">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="209" spans="1:6">
+      <c r="A209">
+        <v>2025</v>
+      </c>
+      <c r="B209" t="s">
+        <v>18</v>
+      </c>
+      <c r="C209" t="s">
+        <v>7</v>
+      </c>
+      <c r="D209" t="s">
+        <v>13</v>
+      </c>
+      <c r="E209" t="s">
+        <v>24</v>
+      </c>
+      <c r="F209">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="210" spans="1:6">
+      <c r="A210">
+        <v>2025</v>
+      </c>
+      <c r="B210" t="s">
+        <v>18</v>
+      </c>
+      <c r="C210" t="s">
+        <v>23</v>
+      </c>
+      <c r="D210" t="s">
+        <v>13</v>
+      </c>
+      <c r="E210" t="s">
+        <v>24</v>
+      </c>
+      <c r="F210">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="211" spans="1:6">
+      <c r="A211">
+        <v>2025</v>
+      </c>
+      <c r="B211" t="s">
+        <v>18</v>
+      </c>
+      <c r="C211" t="s">
+        <v>7</v>
+      </c>
+      <c r="D211" t="s">
+        <v>8</v>
+      </c>
+      <c r="E211" t="s">
+        <v>9</v>
+      </c>
+      <c r="F211">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="212" spans="1:6">
+      <c r="A212">
+        <v>2025</v>
+      </c>
+      <c r="B212" t="s">
+        <v>19</v>
+      </c>
+      <c r="C212" t="s">
+        <v>7</v>
+      </c>
+      <c r="D212" t="s">
+        <v>13</v>
+      </c>
+      <c r="E212" t="s">
+        <v>25</v>
+      </c>
+      <c r="F212">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="213" spans="1:6">
+      <c r="A213">
+        <v>2025</v>
+      </c>
+      <c r="B213" t="s">
+        <v>19</v>
+      </c>
+      <c r="C213" t="s">
+        <v>7</v>
+      </c>
+      <c r="D213" t="s">
+        <v>13</v>
+      </c>
+      <c r="E213" t="s">
+        <v>24</v>
+      </c>
+      <c r="F213">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6">
+      <c r="A214">
+        <v>2025</v>
+      </c>
+      <c r="B214" t="s">
+        <v>19</v>
+      </c>
+      <c r="C214" t="s">
+        <v>23</v>
+      </c>
+      <c r="D214" t="s">
+        <v>13</v>
+      </c>
+      <c r="E214" t="s">
+        <v>24</v>
+      </c>
+      <c r="F214">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6">
+      <c r="A215">
+        <v>2025</v>
+      </c>
+      <c r="B215" t="s">
+        <v>19</v>
+      </c>
+      <c r="C215" t="s">
+        <v>7</v>
+      </c>
+      <c r="D215" t="s">
+        <v>8</v>
+      </c>
+      <c r="E215" t="s">
+        <v>9</v>
+      </c>
+      <c r="F215">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>