--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -1050,51 +1050,51 @@
       <c r="A10">
         <v>2020</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
         <v>16</v>
       </c>
       <c r="E10" t="s">
         <v>25</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>26</v>
       </c>
       <c r="H10" t="s">
         <v>18</v>
       </c>
       <c r="I10">
-        <v>914.0</v>
+        <v>914</v>
       </c>
     </row>
     <row r="11" spans="1:9">
       <c r="A11">
         <v>2020</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
         <v>16</v>
       </c>
       <c r="E11" t="s">
         <v>12</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>26</v>
       </c>
       <c r="H11" t="s">
@@ -1978,51 +1978,51 @@
       <c r="A42">
         <v>2020</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
         <v>32</v>
       </c>
       <c r="D42" t="s">
         <v>39</v>
       </c>
       <c r="E42" t="s">
         <v>12</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
         <v>20</v>
       </c>
       <c r="H42" t="s">
         <v>37</v>
       </c>
       <c r="I42">
-        <v>163.0</v>
+        <v>163</v>
       </c>
     </row>
     <row r="43" spans="1:9">
       <c r="A43">
         <v>2020</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
         <v>32</v>
       </c>
       <c r="D43" t="s">
         <v>33</v>
       </c>
       <c r="E43" t="s">
         <v>48</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
         <v>45</v>
       </c>
       <c r="H43" t="s">
@@ -3863,80 +3863,80 @@
       <c r="A107">
         <v>2020</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
         <v>32</v>
       </c>
       <c r="D107" t="s">
         <v>36</v>
       </c>
       <c r="E107" t="s">
         <v>48</v>
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" t="s">
         <v>20</v>
       </c>
       <c r="H107" t="s">
         <v>37</v>
       </c>
       <c r="I107">
-        <v>38.0</v>
+        <v>38</v>
       </c>
     </row>
     <row r="108" spans="1:9">
       <c r="A108">
         <v>2020</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
         <v>32</v>
       </c>
       <c r="D108" t="s">
         <v>42</v>
       </c>
       <c r="E108" t="s">
         <v>51</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" t="s">
         <v>41</v>
       </c>
       <c r="H108" t="s">
         <v>31</v>
       </c>
       <c r="I108">
-        <v>38.0</v>
+        <v>38</v>
       </c>
     </row>
     <row r="109" spans="1:9">
       <c r="A109">
         <v>2020</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>32</v>
       </c>
       <c r="D109" t="s">
         <v>40</v>
       </c>
       <c r="E109" t="s">
         <v>74</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" t="s">
         <v>38</v>
       </c>
       <c r="H109" t="s">
@@ -4327,51 +4327,51 @@
       <c r="A123">
         <v>2020</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>32</v>
       </c>
       <c r="D123" t="s">
         <v>69</v>
       </c>
       <c r="E123" t="s">
         <v>12</v>
       </c>
       <c r="F123" t="s">
         <v>13</v>
       </c>
       <c r="G123" t="s">
         <v>41</v>
       </c>
       <c r="H123" t="s">
         <v>31</v>
       </c>
       <c r="I123">
-        <v>30.0</v>
+        <v>30</v>
       </c>
     </row>
     <row r="124" spans="1:9">
       <c r="A124">
         <v>2020</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>32</v>
       </c>
       <c r="D124" t="s">
         <v>33</v>
       </c>
       <c r="E124" t="s">
         <v>28</v>
       </c>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124" t="s">
         <v>38</v>
       </c>
       <c r="H124" t="s">
@@ -14883,51 +14883,51 @@
       <c r="A487">
         <v>2020</v>
       </c>
       <c r="B487" t="s">
         <v>96</v>
       </c>
       <c r="C487" t="s">
         <v>103</v>
       </c>
       <c r="D487" t="s">
         <v>125</v>
       </c>
       <c r="E487" t="s">
         <v>129</v>
       </c>
       <c r="F487" t="s">
         <v>13</v>
       </c>
       <c r="G487" t="s">
         <v>126</v>
       </c>
       <c r="H487" t="s">
         <v>18</v>
       </c>
       <c r="I487">
-        <v>17.0</v>
+        <v>17</v>
       </c>
     </row>
     <row r="488" spans="1:9">
       <c r="A488">
         <v>2020</v>
       </c>
       <c r="B488" t="s">
         <v>96</v>
       </c>
       <c r="C488" t="s">
         <v>103</v>
       </c>
       <c r="D488" t="s">
         <v>69</v>
       </c>
       <c r="E488" t="s">
         <v>68</v>
       </c>
       <c r="F488" t="s">
         <v>13</v>
       </c>
       <c r="G488" t="s">
         <v>119</v>
       </c>
       <c r="H488" t="s">
@@ -17870,51 +17870,51 @@
       <c r="A590">
         <v>2020</v>
       </c>
       <c r="B590" t="s">
         <v>96</v>
       </c>
       <c r="C590" t="s">
         <v>103</v>
       </c>
       <c r="D590" t="s">
         <v>65</v>
       </c>
       <c r="E590" t="s">
         <v>63</v>
       </c>
       <c r="F590" t="s">
         <v>13</v>
       </c>
       <c r="G590" t="s">
         <v>20</v>
       </c>
       <c r="H590" t="s">
         <v>31</v>
       </c>
       <c r="I590">
-        <v>6.0</v>
+        <v>6</v>
       </c>
     </row>
     <row r="591" spans="1:9">
       <c r="A591">
         <v>2020</v>
       </c>
       <c r="B591" t="s">
         <v>96</v>
       </c>
       <c r="C591" t="s">
         <v>103</v>
       </c>
       <c r="D591" t="s">
         <v>125</v>
       </c>
       <c r="E591" t="s">
         <v>48</v>
       </c>
       <c r="F591" t="s">
         <v>13</v>
       </c>
       <c r="G591" t="s">
         <v>22</v>
       </c>
       <c r="H591" t="s">
@@ -18653,51 +18653,51 @@
       <c r="A617">
         <v>2020</v>
       </c>
       <c r="B617" t="s">
         <v>96</v>
       </c>
       <c r="C617" t="s">
         <v>103</v>
       </c>
       <c r="D617" t="s">
         <v>56</v>
       </c>
       <c r="E617" t="s">
         <v>123</v>
       </c>
       <c r="F617" t="s">
         <v>13</v>
       </c>
       <c r="G617" t="s">
         <v>20</v>
       </c>
       <c r="H617" t="s">
         <v>15</v>
       </c>
       <c r="I617">
-        <v>4.0</v>
+        <v>4</v>
       </c>
     </row>
     <row r="618" spans="1:9">
       <c r="A618">
         <v>2020</v>
       </c>
       <c r="B618" t="s">
         <v>96</v>
       </c>
       <c r="C618" t="s">
         <v>103</v>
       </c>
       <c r="D618" t="s">
         <v>120</v>
       </c>
       <c r="E618" t="s">
         <v>21</v>
       </c>
       <c r="F618" t="s">
         <v>13</v>
       </c>
       <c r="G618" t="s">
         <v>24</v>
       </c>
       <c r="H618" t="s">