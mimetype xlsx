--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -12,116 +12,113 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Mes</t>
   </si>
   <si>
     <t>Tipo de carga</t>
   </si>
   <si>
     <t>Toneladas totales</t>
   </si>
   <si>
     <t xml:space="preserve"> Toneladas-Kilómetro</t>
   </si>
   <si>
     <t>Abril</t>
   </si>
   <si>
     <t>Contenedor</t>
   </si>
   <si>
     <t>Fraccionada</t>
   </si>
   <si>
     <t>Granel líquido</t>
   </si>
   <si>
     <t>Granel sólido</t>
   </si>
   <si>
-    <t xml:space="preserve">Granel sólido </t>
-[...1 lines deleted...]
-  <si>
     <t>Agosto</t>
-  </si>
-[...1 lines deleted...]
-    <t>Diciembre</t>
   </si>
   <si>
     <t>Enero</t>
   </si>
   <si>
     <t>Febrero</t>
   </si>
   <si>
     <t>Julio</t>
   </si>
   <si>
     <t>Junio</t>
   </si>
   <si>
     <t>Marzo</t>
   </si>
   <si>
     <t>Mayo</t>
   </si>
   <si>
+    <t>Septiembre</t>
+  </si>
+  <si>
+    <t>Diciembre</t>
+  </si>
+  <si>
     <t>Noviembre</t>
   </si>
   <si>
     <t>Octubre</t>
-  </si>
-[...1 lines deleted...]
-    <t>Septiembre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -425,8250 +422,7213 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E482"/>
+  <dimension ref="A1:E421"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2">
-        <v>19575.66</v>
+        <v>53548.0</v>
       </c>
       <c r="E2">
-        <v>2.29</v>
+        <v>7896681.0</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B3" t="s">
         <v>5</v>
       </c>
       <c r="C3" t="s">
         <v>7</v>
       </c>
       <c r="D3">
-        <v>244797.08</v>
+        <v>320946.0</v>
       </c>
       <c r="E3">
-        <v>46.85</v>
+        <v>58744579.0</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B4" t="s">
         <v>5</v>
       </c>
       <c r="C4" t="s">
         <v>8</v>
       </c>
       <c r="D4">
-        <v>309699.16</v>
+        <v>340200.0</v>
       </c>
       <c r="E4">
-        <v>56.79</v>
+        <v>63157291.0</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="s">
         <v>9</v>
       </c>
       <c r="D5">
-        <v>514024.04</v>
+        <v>1109240.0</v>
       </c>
       <c r="E5">
-        <v>50.59</v>
+        <v>159987541.0</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B6" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C6" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D6">
-        <v>1036264.0</v>
+        <v>45626.0</v>
       </c>
       <c r="E6">
-        <v>155.4</v>
+        <v>6828972.0</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D7">
-        <v>29556.56</v>
+        <v>359872.0</v>
       </c>
       <c r="E7">
-        <v>3.56</v>
+        <v>81331516.0</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B8" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C8" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D8">
-        <v>293097.04</v>
+        <v>102668.0</v>
       </c>
       <c r="E8">
-        <v>51.37</v>
+        <v>19563592.0</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B9" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C9" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D9">
-        <v>352358.52</v>
+        <v>996923.0</v>
       </c>
       <c r="E9">
-        <v>66.51</v>
+        <v>105840173.0</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B10" t="s">
         <v>11</v>
       </c>
       <c r="C10" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D10">
-        <v>509877.69</v>
+        <v>49123.0</v>
       </c>
       <c r="E10">
-        <v>53.79</v>
+        <v>8143733.0</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B11" t="s">
         <v>11</v>
       </c>
       <c r="C11" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D11">
-        <v>1028092.42</v>
+        <v>354754.0</v>
       </c>
       <c r="E11">
-        <v>157.14</v>
+        <v>72015906.0</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B12" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C12" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D12">
-        <v>24290.42</v>
+        <v>286165.0</v>
       </c>
       <c r="E12">
-        <v>3.32</v>
+        <v>52769793.0</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C13" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D13">
-        <v>252106.27</v>
+        <v>1030303.0</v>
       </c>
       <c r="E13">
-        <v>38.61</v>
+        <v>160537586.0</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B14" t="s">
         <v>12</v>
       </c>
       <c r="C14" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D14">
-        <v>334775.56</v>
+        <v>40007.0</v>
       </c>
       <c r="E14">
-        <v>63.68</v>
+        <v>6231053.0</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B15" t="s">
         <v>12</v>
       </c>
       <c r="C15" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D15">
-        <v>633229.15</v>
+        <v>294452.0</v>
       </c>
       <c r="E15">
-        <v>64.28</v>
+        <v>53490643.0</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B16" t="s">
         <v>12</v>
       </c>
       <c r="C16" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D16">
-        <v>879427.65</v>
+        <v>266825.0</v>
       </c>
       <c r="E16">
-        <v>141.28</v>
+        <v>49644559.0</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B17" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C17" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D17">
-        <v>40644.34</v>
+        <v>963970.0</v>
       </c>
       <c r="E17">
-        <v>5.16</v>
+        <v>141863458.0</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B18" t="s">
         <v>13</v>
       </c>
       <c r="C18" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D18">
-        <v>256446.57</v>
+        <v>52636.0</v>
       </c>
       <c r="E18">
-        <v>44.19</v>
+        <v>8133554.0</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B19" t="s">
         <v>13</v>
       </c>
       <c r="C19" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D19">
-        <v>317404.11</v>
+        <v>303980.0</v>
       </c>
       <c r="E19">
-        <v>59.2</v>
+        <v>66575011.0</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B20" t="s">
         <v>13</v>
       </c>
       <c r="C20" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D20">
-        <v>543619.73</v>
+        <v>153873.0</v>
       </c>
       <c r="E20">
-        <v>52.77</v>
+        <v>26130953.0</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B21" t="s">
         <v>13</v>
       </c>
       <c r="C21" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D21">
-        <v>1037597.0</v>
+        <v>554535.0</v>
       </c>
       <c r="E21">
-        <v>153.5</v>
+        <v>67375751.0</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B22" t="s">
         <v>14</v>
       </c>
       <c r="C22" t="s">
         <v>6</v>
       </c>
       <c r="D22">
-        <v>29539.59</v>
+        <v>46861.0</v>
       </c>
       <c r="E22">
-        <v>3.66</v>
+        <v>6858766.0</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B23" t="s">
         <v>14</v>
       </c>
       <c r="C23" t="s">
         <v>7</v>
       </c>
       <c r="D23">
-        <v>257478.09</v>
+        <v>372068.0</v>
       </c>
       <c r="E23">
-        <v>45.15</v>
+        <v>78590189.0</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B24" t="s">
         <v>14</v>
       </c>
       <c r="C24" t="s">
         <v>8</v>
       </c>
       <c r="D24">
-        <v>279431.07</v>
+        <v>348115.0</v>
       </c>
       <c r="E24">
-        <v>49.47</v>
+        <v>65448505.0</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B25" t="s">
         <v>14</v>
       </c>
       <c r="C25" t="s">
         <v>9</v>
       </c>
       <c r="D25">
-        <v>527507.6</v>
+        <v>1105560.0</v>
       </c>
       <c r="E25">
-        <v>55.44</v>
+        <v>158202528.0</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B26" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C26" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D26">
-        <v>834917.0</v>
+        <v>41638.0</v>
       </c>
       <c r="E26">
-        <v>120.82</v>
+        <v>6152372.0</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B27" t="s">
         <v>15</v>
       </c>
       <c r="C27" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D27">
-        <v>22895.29</v>
+        <v>345549.0</v>
       </c>
       <c r="E27">
-        <v>2.73</v>
+        <v>66381809.0</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B28" t="s">
         <v>15</v>
       </c>
       <c r="C28" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D28">
-        <v>280282.86</v>
+        <v>328366.0</v>
       </c>
       <c r="E28">
-        <v>48.54</v>
+        <v>62827130.0</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B29" t="s">
         <v>15</v>
       </c>
       <c r="C29" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D29">
-        <v>349705.03</v>
+        <v>1111485.0</v>
       </c>
       <c r="E29">
-        <v>64.97</v>
+        <v>156281334.0</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B30" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C30" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D30">
-        <v>545508.97</v>
+        <v>48623.0</v>
       </c>
       <c r="E30">
-        <v>56.48</v>
+        <v>6873154.0</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B31" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C31" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D31">
-        <v>1048834.79</v>
+        <v>365642.0</v>
       </c>
       <c r="E31">
-        <v>161.98</v>
+        <v>85354263.0</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B32" t="s">
         <v>16</v>
       </c>
       <c r="C32" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D32">
-        <v>23892.13</v>
+        <v>386322.0</v>
       </c>
       <c r="E32">
-        <v>2.81</v>
+        <v>71885589.0</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B33" t="s">
         <v>16</v>
       </c>
       <c r="C33" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D33">
-        <v>268250.05</v>
+        <v>1129674.0</v>
       </c>
       <c r="E33">
-        <v>49.44</v>
+        <v>161421168.0</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B34" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C34" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D34">
-        <v>299464.19</v>
+        <v>24040.0</v>
       </c>
       <c r="E34">
-        <v>55.07</v>
+        <v>3029010.0</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B35" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C35" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D35">
-        <v>544099.07</v>
+        <v>0.0</v>
       </c>
       <c r="E35">
-        <v>52.87</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B36" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C36" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D36">
-        <v>944690.68</v>
+        <v>117928.0</v>
       </c>
       <c r="E36">
-        <v>143.35</v>
+        <v>21353943.0</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37">
-        <v>2017.0</v>
+        <v>2025.0</v>
       </c>
       <c r="B37" t="s">
         <v>17</v>
       </c>
       <c r="C37" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D37">
-        <v>25870.1</v>
+        <v>992820.0</v>
       </c>
       <c r="E37">
-        <v>3.03</v>
+        <v>104270927.0</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B38" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="C38" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D38">
-        <v>276623.55</v>
+        <v>41538.0</v>
       </c>
       <c r="E38">
-        <v>48.46</v>
+        <v>5710529.0</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B39" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="C39" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D39">
-        <v>238656.52</v>
+        <v>228692.0</v>
       </c>
       <c r="E39">
-        <v>44.4</v>
+        <v>70986090.0</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B40" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="C40" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D40">
-        <v>527001.01</v>
+        <v>280125.0</v>
       </c>
       <c r="E40">
-        <v>52.71</v>
+        <v>51932190.0</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B41" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="C41" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D41">
-        <v>1012435.0</v>
+        <v>1203230.0</v>
       </c>
       <c r="E41">
-        <v>152.49</v>
+        <v>171774175.0</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B42" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="C42" t="s">
         <v>6</v>
       </c>
       <c r="D42">
-        <v>19066.32</v>
+        <v>45241.0</v>
       </c>
       <c r="E42">
-        <v>2.21</v>
+        <v>5974606.0</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B43" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="C43" t="s">
         <v>7</v>
       </c>
       <c r="D43">
-        <v>285912.91</v>
+        <v>325536.0</v>
       </c>
       <c r="E43">
-        <v>50.36</v>
+        <v>69659298.0</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B44" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="C44" t="s">
         <v>8</v>
       </c>
       <c r="D44">
-        <v>330499.11</v>
+        <v>324011.0</v>
       </c>
       <c r="E44">
-        <v>60.58</v>
+        <v>59091463.0</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B45" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="C45" t="s">
         <v>9</v>
       </c>
       <c r="D45">
-        <v>570924.08</v>
+        <v>1358615.0</v>
       </c>
       <c r="E45">
-        <v>58.14</v>
+        <v>189000039.0</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B46" t="s">
         <v>18</v>
       </c>
       <c r="C46" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D46">
-        <v>929001.0</v>
+        <v>56379.0</v>
       </c>
       <c r="E46">
-        <v>148.23</v>
+        <v>8425719.0</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B47" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C47" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D47">
-        <v>23385.11</v>
+        <v>320548.0</v>
       </c>
       <c r="E47">
-        <v>3.24</v>
+        <v>61567629.0</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B48" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C48" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D48">
-        <v>253600.89</v>
+        <v>335544.0</v>
       </c>
       <c r="E48">
-        <v>40.42</v>
+        <v>59891941.0</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B49" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C49" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D49">
-        <v>337629.36</v>
+        <v>1118552.0</v>
       </c>
       <c r="E49">
-        <v>61.26</v>
+        <v>163115416.0</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B50" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="C50" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D50">
-        <v>524645.16</v>
+        <v>54752.0</v>
       </c>
       <c r="E50">
-        <v>50.3</v>
+        <v>7761758.0</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B51" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="C51" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D51">
-        <v>899070.0</v>
+        <v>328232.0</v>
       </c>
       <c r="E51">
-        <v>144.52</v>
+        <v>58383216.0</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B52" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C52" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D52">
-        <v>28560.83</v>
+        <v>343872.0</v>
       </c>
       <c r="E52">
-        <v>3.75</v>
+        <v>62930910.0</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B53" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C53" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D53">
-        <v>275152.81</v>
+        <v>1289115.0</v>
       </c>
       <c r="E53">
-        <v>49.82</v>
+        <v>173838845.0</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B54" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C54" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D54">
-        <v>346806.27</v>
+        <v>43560.0</v>
       </c>
       <c r="E54">
-        <v>64.85</v>
+        <v>5290441.0</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B55" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C55" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D55">
-        <v>578593.44</v>
+        <v>335318.0</v>
       </c>
       <c r="E55">
-        <v>59.1</v>
+        <v>59340199.0</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B56" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C56" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D56">
-        <v>1059418.05</v>
+        <v>307094.0</v>
       </c>
       <c r="E56">
-        <v>160.79</v>
+        <v>56043116.0</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B57" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C57" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D57">
-        <v>30192.55</v>
+        <v>1288017.0</v>
       </c>
       <c r="E57">
-        <v>3.87</v>
+        <v>175010406.0</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B58" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C58" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D58">
-        <v>286276.31</v>
+        <v>49013.0</v>
       </c>
       <c r="E58">
-        <v>48.87</v>
+        <v>7441803.0</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B59" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C59" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D59">
-        <v>336111.59</v>
+        <v>325625.0</v>
       </c>
       <c r="E59">
-        <v>61.19</v>
+        <v>73278596.0</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B60" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C60" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D60">
-        <v>542968.53</v>
+        <v>314585.0</v>
       </c>
       <c r="E60">
-        <v>53.3</v>
+        <v>57715006.0</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61">
-        <v>2017.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B61" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C61" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D61">
-        <v>1041531.67</v>
+        <v>1319306.0</v>
       </c>
       <c r="E61">
-        <v>155.84</v>
+        <v>185072063.0</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B62" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C62" t="s">
         <v>6</v>
       </c>
       <c r="D62">
-        <v>28398.99</v>
+        <v>37799.0</v>
       </c>
       <c r="E62">
-        <v>3.99</v>
+        <v>5161711.0</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B63" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C63" t="s">
         <v>7</v>
       </c>
       <c r="D63">
-        <v>292624.49</v>
+        <v>188089.0</v>
       </c>
       <c r="E63">
-        <v>54.97</v>
+        <v>55523681.0</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B64" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C64" t="s">
         <v>8</v>
       </c>
       <c r="D64">
-        <v>318035.49</v>
+        <v>293475.0</v>
       </c>
       <c r="E64">
-        <v>58.51</v>
+        <v>54905092.0</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B65" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C65" t="s">
         <v>9</v>
       </c>
       <c r="D65">
-        <v>608876.33</v>
+        <v>1189861.0</v>
       </c>
       <c r="E65">
-        <v>59.19</v>
+        <v>168927468.0</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B66" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C66" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D66">
-        <v>836469.18</v>
+        <v>51050.0</v>
       </c>
       <c r="E66">
-        <v>131.1</v>
+        <v>6237464.0</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B67" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C67" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D67">
-        <v>40130.79</v>
+        <v>353503.0</v>
       </c>
       <c r="E67">
-        <v>6.84</v>
+        <v>66128536.0</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B68" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C68" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D68">
-        <v>345276.54</v>
+        <v>322508.0</v>
       </c>
       <c r="E68">
-        <v>62.18</v>
+        <v>58403976.0</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B69" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C69" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D69">
-        <v>329754.96</v>
+        <v>1316927.0</v>
       </c>
       <c r="E69">
-        <v>61.06</v>
+        <v>182667051.0</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B70" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C70" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D70">
-        <v>644348.99</v>
+        <v>48167.0</v>
       </c>
       <c r="E70">
-        <v>63.92</v>
+        <v>7972392.0</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B71" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C71" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D71">
-        <v>937227.98</v>
+        <v>263551.0</v>
       </c>
       <c r="E71">
-        <v>146.42</v>
+        <v>80717779.0</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B72" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C72" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D72">
-        <v>49190.57</v>
+        <v>309814.0</v>
       </c>
       <c r="E72">
-        <v>8.21</v>
+        <v>59679583.0</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B73" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C73" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D73">
-        <v>264432.86</v>
+        <v>1209861.0</v>
       </c>
       <c r="E73">
-        <v>46.68</v>
+        <v>174801553.0</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B74" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C74" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D74">
-        <v>308642.56</v>
+        <v>55027.0</v>
       </c>
       <c r="E74">
-        <v>59.92</v>
+        <v>8179942.0</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B75" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C75" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D75">
-        <v>632684.34</v>
+        <v>439234.0</v>
       </c>
       <c r="E75">
-        <v>63.26</v>
+        <v>91899857.0</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B76" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C76" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D76">
-        <v>383507.98</v>
+        <v>333407.0</v>
       </c>
       <c r="E76">
-        <v>84.74</v>
+        <v>60461771.0</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B77" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C77" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D77">
-        <v>31929.5</v>
+        <v>949502.0</v>
       </c>
       <c r="E77">
-        <v>4.49</v>
+        <v>145719650.0</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B78" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C78" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D78">
-        <v>299308.82</v>
+        <v>51404.0</v>
       </c>
       <c r="E78">
-        <v>53.18</v>
+        <v>7663141.0</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B79" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C79" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D79">
-        <v>325341.41</v>
+        <v>374214.0</v>
       </c>
       <c r="E79">
-        <v>60.58</v>
+        <v>77087772.0</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B80" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C80" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D80">
-        <v>640994.1</v>
+        <v>336496.0</v>
       </c>
       <c r="E80">
-        <v>66.99</v>
+        <v>61279356.0</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B81" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C81" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D81">
-        <v>862262.49</v>
+        <v>971458.0</v>
       </c>
       <c r="E81">
-        <v>141.5</v>
+        <v>152007716.0</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B82" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C82" t="s">
         <v>6</v>
       </c>
       <c r="D82">
-        <v>32897.62</v>
+        <v>41932.0</v>
       </c>
       <c r="E82">
-        <v>4.55</v>
+        <v>6687147.0</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B83" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C83" t="s">
         <v>7</v>
       </c>
       <c r="D83">
-        <v>269722.01</v>
+        <v>366213.0</v>
       </c>
       <c r="E83">
-        <v>47.95</v>
+        <v>83876461.0</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B84" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C84" t="s">
         <v>8</v>
       </c>
       <c r="D84">
-        <v>292592.57</v>
+        <v>324839.0</v>
       </c>
       <c r="E84">
-        <v>55.52</v>
+        <v>59731008.0</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
       <c r="B85" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C85" t="s">
         <v>9</v>
       </c>
       <c r="D85">
-        <v>608238.58</v>
+        <v>1174200.0</v>
       </c>
       <c r="E85">
-        <v>63.66</v>
+        <v>170123200.0</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B86" t="s">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="C86" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D86">
-        <v>845358.96</v>
+        <v>45379.0</v>
       </c>
       <c r="E86">
-        <v>130.81</v>
+        <v>9751110.0</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B87" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C87" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D87">
-        <v>37585.45</v>
+        <v>262237.0</v>
       </c>
       <c r="E87">
-        <v>5.88</v>
+        <v>57480949.0</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B88" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C88" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D88">
-        <v>281611.42</v>
+        <v>257062.0</v>
       </c>
       <c r="E88">
-        <v>52.24</v>
+        <v>47901932.0</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B89" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C89" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D89">
-        <v>306782.43</v>
+        <v>1329418.0</v>
       </c>
       <c r="E89">
-        <v>58.45</v>
+        <v>183869426.0</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B90" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C90" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D90">
-        <v>634120.75</v>
+        <v>49977.0</v>
       </c>
       <c r="E90">
-        <v>63.18</v>
+        <v>6584957.0</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B91" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="C91" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D91">
-        <v>1003519.93</v>
+        <v>270954.0</v>
       </c>
       <c r="E91">
-        <v>155.54</v>
+        <v>46760277.0</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B92" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C92" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D92">
-        <v>29261.63</v>
+        <v>331056.0</v>
       </c>
       <c r="E92">
-        <v>4.88</v>
+        <v>59580943.0</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B93" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C93" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D93">
-        <v>313892.42</v>
+        <v>1238054.0</v>
       </c>
       <c r="E93">
-        <v>57.17</v>
+        <v>166501958.0</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B94" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C94" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D94">
-        <v>279824.88</v>
+        <v>56277.0</v>
       </c>
       <c r="E94">
-        <v>53.05</v>
+        <v>8265594.0</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B95" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C95" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D95">
-        <v>684948.24</v>
+        <v>264978.0</v>
       </c>
       <c r="E95">
-        <v>68.32</v>
+        <v>43932711.0</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B96" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C96" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D96">
-        <v>968187.84</v>
+        <v>305541.0</v>
       </c>
       <c r="E96">
-        <v>148.33</v>
+        <v>54056800.0</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B97" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C97" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D97">
-        <v>42803.95</v>
+        <v>1362381.0</v>
       </c>
       <c r="E97">
-        <v>5.69</v>
+        <v>178926249.0</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B98" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C98" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D98">
-        <v>257900.54</v>
+        <v>37184.0</v>
       </c>
       <c r="E98">
-        <v>43.43</v>
+        <v>7584842.0</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B99" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C99" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D99">
-        <v>329887.97</v>
+        <v>250471.0</v>
       </c>
       <c r="E99">
-        <v>62.85</v>
+        <v>58609842.0</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B100" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C100" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D100">
-        <v>619079.35</v>
+        <v>345350.0</v>
       </c>
       <c r="E100">
-        <v>58.81</v>
+        <v>62811489.0</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B101" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="C101" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D101">
-        <v>863034.85</v>
+        <v>1343560.0</v>
       </c>
       <c r="E101">
-        <v>146.13</v>
+        <v>172896605.0</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B102" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="C102" t="s">
         <v>6</v>
       </c>
       <c r="D102">
-        <v>32279.85</v>
+        <v>39095.0</v>
       </c>
       <c r="E102">
-        <v>5.16</v>
+        <v>7363323.0</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B103" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="C103" t="s">
         <v>7</v>
       </c>
       <c r="D103">
-        <v>321025.28</v>
+        <v>177928.0</v>
       </c>
       <c r="E103">
-        <v>58.02</v>
+        <v>38348344.0</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B104" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="C104" t="s">
         <v>8</v>
       </c>
       <c r="D104">
-        <v>329942.68</v>
+        <v>284486.0</v>
       </c>
       <c r="E104">
-        <v>61.3</v>
+        <v>48250801.0</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B105" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="C105" t="s">
         <v>9</v>
       </c>
       <c r="D105">
-        <v>684662.87</v>
+        <v>1254979.0</v>
       </c>
       <c r="E105">
-        <v>71.06</v>
+        <v>154858486.0</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B106" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="C106" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D106">
-        <v>904949.82</v>
+        <v>43896.0</v>
       </c>
       <c r="E106">
-        <v>148.04</v>
+        <v>6291989.0</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B107" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C107" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D107">
-        <v>46827.59</v>
+        <v>281941.0</v>
       </c>
       <c r="E107">
-        <v>7.05</v>
+        <v>51076096.0</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B108" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C108" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D108">
-        <v>283090.28</v>
+        <v>340069.0</v>
       </c>
       <c r="E108">
-        <v>52.09</v>
+        <v>59831721.0</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B109" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="C109" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D109">
-        <v>320200.55</v>
+        <v>1390636.0</v>
       </c>
       <c r="E109">
-        <v>62.21</v>
+        <v>185079236.0</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B110" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C110" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D110">
-        <v>659885.89</v>
+        <v>38912.0</v>
       </c>
       <c r="E110">
-        <v>64.91</v>
+        <v>7880953.0</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B111" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="C111" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D111">
-        <v>809200.82</v>
+        <v>284626.0</v>
       </c>
       <c r="E111">
-        <v>133.02</v>
+        <v>52620907.0</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B112" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C112" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D112">
-        <v>51488.14</v>
+        <v>319916.0</v>
       </c>
       <c r="E112">
-        <v>8.45</v>
+        <v>57478010.0</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B113" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="C113" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D113">
-        <v>283416.91</v>
+        <v>1481497.0</v>
       </c>
       <c r="E113">
-        <v>55.47</v>
+        <v>183275983.0</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B114" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C114" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D114">
-        <v>326938.41</v>
+        <v>47912.0</v>
       </c>
       <c r="E114">
-        <v>63.26</v>
+        <v>9715201.0</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B115" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C115" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D115">
-        <v>705073.3</v>
+        <v>267796.0</v>
       </c>
       <c r="E115">
-        <v>70.21</v>
+        <v>67970117.0</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B116" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="C116" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D116">
-        <v>952027.55</v>
+        <v>367213.0</v>
       </c>
       <c r="E116">
-        <v>144.71</v>
+        <v>67497616.0</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B117" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="C117" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D117">
-        <v>32661.33</v>
+        <v>1395274.0</v>
       </c>
       <c r="E117">
-        <v>5.46</v>
+        <v>181005013.0</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B118" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C118" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D118">
-        <v>286936.92</v>
+        <v>53082.0</v>
       </c>
       <c r="E118">
-        <v>52.52</v>
+        <v>9876710.0</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B119" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C119" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D119">
-        <v>301734.09</v>
+        <v>317268.0</v>
       </c>
       <c r="E119">
-        <v>58.35</v>
+        <v>70329137.0</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B120" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C120" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D120">
-        <v>550580.56</v>
+        <v>314168.0</v>
       </c>
       <c r="E120">
-        <v>49.66</v>
+        <v>57100701.0</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121">
-        <v>2018.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B121" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="C121" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D121">
-        <v>897123.64</v>
+        <v>1459187.0</v>
       </c>
       <c r="E121">
-        <v>136.45</v>
+        <v>193168623.0</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122">
-        <v>2019.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B122" t="s">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="C122" t="s">
         <v>6</v>
       </c>
       <c r="D122">
-        <v>41355.25</v>
+        <v>20916.0</v>
       </c>
       <c r="E122">
-        <v>6.3</v>
+        <v>2635362.0</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123">
-        <v>2019.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B123" t="s">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="C123" t="s">
         <v>7</v>
       </c>
       <c r="D123">
-        <v>272544.13</v>
+        <v>0.0</v>
       </c>
       <c r="E123">
-        <v>47.36</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124">
-        <v>2019.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B124" t="s">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="C124" t="s">
         <v>8</v>
       </c>
       <c r="D124">
-        <v>444499.93</v>
+        <v>325165.0</v>
       </c>
       <c r="E124">
-        <v>76.12</v>
+        <v>57642580.0</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125">
-        <v>2019.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B125" t="s">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="C125" t="s">
         <v>9</v>
       </c>
       <c r="D125">
-        <v>574550.14</v>
+        <v>1297787.0</v>
       </c>
       <c r="E125">
-        <v>53.2</v>
+        <v>170423303.0</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126">
-        <v>2019.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B126" t="s">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="C126" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D126">
-        <v>557129.0</v>
+        <v>51926.0</v>
       </c>
       <c r="E126">
-        <v>99.39</v>
+        <v>6828200.0</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127">
-        <v>2019.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B127" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C127" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D127">
-        <v>39045.67</v>
+        <v>221648.0</v>
       </c>
       <c r="E127">
-        <v>6.26</v>
+        <v>37302309.0</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128">
-        <v>2019.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B128" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C128" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D128">
-        <v>325824.21</v>
+        <v>318323.0</v>
       </c>
       <c r="E128">
-        <v>59.42</v>
+        <v>58818953.0</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129">
-        <v>2019.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B129" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C129" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D129">
-        <v>474316.44</v>
+        <v>1392389.0</v>
       </c>
       <c r="E129">
-        <v>83.37</v>
+        <v>186209214.0</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130">
-        <v>2019.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B130" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C130" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D130">
-        <v>575301.18</v>
+        <v>49243.0</v>
       </c>
       <c r="E130">
-        <v>54.51</v>
+        <v>6951712.0</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131">
-        <v>2019.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B131" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C131" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D131">
-        <v>209811.0</v>
+        <v>267706.0</v>
       </c>
       <c r="E131">
-        <v>60.71</v>
+        <v>44077921.0</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132">
-        <v>2019.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B132" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C132" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D132">
-        <v>56832.3</v>
+        <v>334796.0</v>
       </c>
       <c r="E132">
-        <v>7.86</v>
+        <v>61346402.0</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133">
-        <v>2019.0</v>
+        <v>2023.0</v>
       </c>
       <c r="B133" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C133" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D133">
-        <v>281081.09</v>
+        <v>1330844.0</v>
       </c>
       <c r="E133">
-        <v>49.15</v>
+        <v>177429525.0</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B134" t="s">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="C134" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D134">
-        <v>418965.78</v>
+        <v>88252.0</v>
       </c>
       <c r="E134">
-        <v>74.55</v>
+        <v>16695534.0</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B135" t="s">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="C135" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D135">
-        <v>571090.98</v>
+        <v>295932.0</v>
       </c>
       <c r="E135">
-        <v>53.49</v>
+        <v>63004517.0</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B136" t="s">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="C136" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D136">
-        <v>448486.0</v>
+        <v>325129.0</v>
       </c>
       <c r="E136">
-        <v>92.31</v>
+        <v>58198233.0</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B137" t="s">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="C137" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D137">
-        <v>39917.21</v>
+        <v>1446395.0</v>
       </c>
       <c r="E137">
-        <v>6.09</v>
+        <v>194636246.0</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B138" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C138" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D138">
-        <v>245933.38</v>
+        <v>77771.0</v>
       </c>
       <c r="E138">
-        <v>44.09</v>
+        <v>15135268.0</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B139" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C139" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D139">
-        <v>426985.41</v>
+        <v>300700.0</v>
       </c>
       <c r="E139">
-        <v>72.88</v>
+        <v>71425711.0</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B140" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C140" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D140">
-        <v>501821.41</v>
+        <v>295583.0</v>
       </c>
       <c r="E140">
-        <v>53.3</v>
+        <v>55336490.0</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B141" t="s">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="C141" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D141">
-        <v>208959.78</v>
+        <v>1485466.0</v>
       </c>
       <c r="E141">
-        <v>61.78</v>
+        <v>197729333.0</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B142" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C142" t="s">
         <v>6</v>
       </c>
       <c r="D142">
-        <v>39652.84</v>
+        <v>51737.0</v>
       </c>
       <c r="E142">
-        <v>6.02</v>
+        <v>12202051.0</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B143" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C143" t="s">
         <v>7</v>
       </c>
       <c r="D143">
-        <v>253631.36</v>
+        <v>288530.0</v>
       </c>
       <c r="E143">
-        <v>48.47</v>
+        <v>67446618.0</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B144" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C144" t="s">
         <v>8</v>
       </c>
       <c r="D144">
-        <v>377506.33</v>
+        <v>367593.0</v>
       </c>
       <c r="E144">
-        <v>60.63</v>
+        <v>64415164.0</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B145" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="C145" t="s">
         <v>9</v>
       </c>
       <c r="D145">
-        <v>499248.35</v>
+        <v>1497660.0</v>
       </c>
       <c r="E145">
-        <v>50.26</v>
+        <v>198741687.0</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B146" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C146" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D146">
-        <v>142855.0</v>
+        <v>82792.0</v>
       </c>
       <c r="E146">
-        <v>38.69</v>
+        <v>14977151.0</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B147" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C147" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D147">
-        <v>40388.5</v>
+        <v>224338.0</v>
       </c>
       <c r="E147">
-        <v>6.22</v>
+        <v>56444912.0</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B148" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C148" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D148">
-        <v>324798.65</v>
+        <v>331459.0</v>
       </c>
       <c r="E148">
-        <v>57.23</v>
+        <v>61727287.0</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B149" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="C149" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D149">
-        <v>458351.52</v>
+        <v>1272020.0</v>
       </c>
       <c r="E149">
-        <v>78.85</v>
+        <v>188508265.0</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B150" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C150" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D150">
-        <v>616883.24</v>
+        <v>75805.0</v>
       </c>
       <c r="E150">
-        <v>55.98</v>
+        <v>14506938.0</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B151" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="C151" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D151">
-        <v>243378.0</v>
+        <v>230465.0</v>
       </c>
       <c r="E151">
-        <v>73.0</v>
+        <v>52384720.0</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B152" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C152" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D152">
-        <v>36739.14</v>
+        <v>301368.0</v>
       </c>
       <c r="E152">
-        <v>5.52</v>
+        <v>53724436.0</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B153" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C153" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D153">
-        <v>305669.62</v>
+        <v>1263041.0</v>
       </c>
       <c r="E153">
-        <v>52.12</v>
+        <v>168378731.0</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B154" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C154" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D154">
-        <v>438362.36</v>
+        <v>66001.0</v>
       </c>
       <c r="E154">
-        <v>75.81</v>
+        <v>13471689.0</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B155" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C155" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D155">
-        <v>558051.24</v>
+        <v>293087.0</v>
       </c>
       <c r="E155">
-        <v>49.89</v>
+        <v>66578647.0</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B156" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C156" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D156">
-        <v>619903.0</v>
+        <v>287612.0</v>
       </c>
       <c r="E156">
-        <v>109.65</v>
+        <v>52250609.0</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B157" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="C157" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D157">
-        <v>42099.49</v>
+        <v>1316983.0</v>
       </c>
       <c r="E157">
-        <v>6.84</v>
+        <v>178929045.0</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B158" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C158" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D158">
-        <v>282990.98</v>
+        <v>64371.0</v>
       </c>
       <c r="E158">
-        <v>51.67</v>
+        <v>13355380.0</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B159" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C159" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D159">
-        <v>346444.13</v>
+        <v>257163.0</v>
       </c>
       <c r="E159">
-        <v>61.87</v>
+        <v>56271370.0</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B160" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C160" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D160">
-        <v>543481.27</v>
+        <v>341787.0</v>
       </c>
       <c r="E160">
-        <v>53.0</v>
+        <v>61375820.0</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B161" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C161" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D161">
-        <v>232362.0</v>
+        <v>1392257.0</v>
       </c>
       <c r="E161">
-        <v>67.93</v>
+        <v>195058455.0</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B162" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C162" t="s">
         <v>6</v>
       </c>
       <c r="D162">
-        <v>38206.61</v>
+        <v>98938.0</v>
       </c>
       <c r="E162">
-        <v>5.73</v>
+        <v>20273559.0</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B163" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C163" t="s">
         <v>7</v>
       </c>
       <c r="D163">
-        <v>319516.94</v>
+        <v>277021.0</v>
       </c>
       <c r="E163">
-        <v>54.64</v>
+        <v>65459435.0</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B164" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C164" t="s">
         <v>8</v>
       </c>
       <c r="D164">
-        <v>446505.81</v>
+        <v>300842.0</v>
       </c>
       <c r="E164">
-        <v>76.27</v>
+        <v>55506497.0</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B165" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="C165" t="s">
         <v>9</v>
       </c>
       <c r="D165">
-        <v>567056.8</v>
+        <v>1410765.0</v>
       </c>
       <c r="E165">
-        <v>52.07</v>
+        <v>188585084.0</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B166" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C166" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D166">
-        <v>626286.0</v>
+        <v>70686.0</v>
       </c>
       <c r="E166">
-        <v>110.47</v>
+        <v>14518813.0</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B167" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C167" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D167">
-        <v>45133.81</v>
+        <v>211465.0</v>
       </c>
       <c r="E167">
-        <v>6.56</v>
+        <v>54086265.0</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B168" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C168" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D168">
-        <v>299324.49</v>
+        <v>350216.0</v>
       </c>
       <c r="E168">
-        <v>48.08</v>
+        <v>62852262.0</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B169" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C169" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D169">
-        <v>399814.28</v>
+        <v>1462478.0</v>
       </c>
       <c r="E169">
-        <v>62.71</v>
+        <v>201610741.0</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B170" t="s">
         <v>19</v>
       </c>
       <c r="C170" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D170">
-        <v>455692.24</v>
+        <v>49562.0</v>
       </c>
       <c r="E170">
-        <v>47.16</v>
+        <v>12024871.0</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B171" t="s">
         <v>19</v>
       </c>
       <c r="C171" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D171">
-        <v>206721.0</v>
+        <v>313051.0</v>
       </c>
       <c r="E171">
-        <v>67.23</v>
+        <v>74659872.0</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B172" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C172" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D172">
-        <v>28478.86</v>
+        <v>327034.0</v>
       </c>
       <c r="E172">
-        <v>3.78</v>
+        <v>58779478.0</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B173" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C173" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D173">
-        <v>113209.9</v>
+        <v>1468603.0</v>
       </c>
       <c r="E173">
-        <v>18.49</v>
+        <v>192491995.0</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B174" t="s">
         <v>20</v>
       </c>
       <c r="C174" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D174">
-        <v>386979.9</v>
+        <v>49448.0</v>
       </c>
       <c r="E174">
-        <v>66.96</v>
+        <v>10988808.0</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B175" t="s">
         <v>20</v>
       </c>
       <c r="C175" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D175">
-        <v>339719.99</v>
+        <v>305768.0</v>
       </c>
       <c r="E175">
-        <v>33.47</v>
+        <v>79768350.0</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B176" t="s">
         <v>20</v>
       </c>
       <c r="C176" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D176">
-        <v>189661.0</v>
+        <v>313148.0</v>
       </c>
       <c r="E176">
-        <v>58.2</v>
+        <v>57364921.0</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B177" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="C177" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D177">
-        <v>44095.62</v>
+        <v>1468707.0</v>
       </c>
       <c r="E177">
-        <v>6.54</v>
+        <v>196866299.0</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B178" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C178" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D178">
-        <v>293567.94</v>
+        <v>55723.0</v>
       </c>
       <c r="E178">
-        <v>51.69</v>
+        <v>12441452.0</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B179" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C179" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D179">
-        <v>411017.66</v>
+        <v>262468.0</v>
       </c>
       <c r="E179">
-        <v>73.15</v>
+        <v>69422366.0</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B180" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C180" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D180">
-        <v>558833.42</v>
+        <v>328406.0</v>
       </c>
       <c r="E180">
-        <v>53.67</v>
+        <v>59153578.0</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181">
-        <v>2019.0</v>
+        <v>2022.0</v>
       </c>
       <c r="B181" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C181" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D181">
-        <v>232627.0</v>
+        <v>1366049.0</v>
       </c>
       <c r="E181">
-        <v>62.32</v>
+        <v>181086123.0</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B182" t="s">
         <v>5</v>
       </c>
       <c r="C182" t="s">
         <v>6</v>
       </c>
       <c r="D182">
-        <v>58483.24</v>
+        <v>89620.0</v>
       </c>
       <c r="E182">
-        <v>8.31</v>
+        <v>13396677.0</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B183" t="s">
         <v>5</v>
       </c>
       <c r="C183" t="s">
         <v>7</v>
       </c>
       <c r="D183">
-        <v>274044.81</v>
+        <v>271138.0</v>
       </c>
       <c r="E183">
-        <v>55.08</v>
+        <v>57448101.0</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B184" t="s">
         <v>5</v>
       </c>
       <c r="C184" t="s">
         <v>8</v>
       </c>
       <c r="D184">
-        <v>324422.32</v>
+        <v>289768.0</v>
       </c>
       <c r="E184">
-        <v>61.24</v>
+        <v>57335589.0</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B185" t="s">
         <v>5</v>
       </c>
       <c r="C185" t="s">
         <v>9</v>
       </c>
       <c r="D185">
-        <v>618326.85</v>
+        <v>1430980.0</v>
       </c>
       <c r="E185">
-        <v>62.13</v>
+        <v>193549149.0</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B186" t="s">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="C186" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D186">
-        <v>673695.95</v>
+        <v>76861.0</v>
       </c>
       <c r="E186">
-        <v>109.01</v>
+        <v>12327847.0</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B187" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C187" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D187">
-        <v>54724.0</v>
+        <v>272715.0</v>
       </c>
       <c r="E187">
-        <v>8.19</v>
+        <v>60393714.0</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B188" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C188" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D188">
-        <v>242160.0</v>
+        <v>332707.0</v>
       </c>
       <c r="E188">
-        <v>41.58</v>
+        <v>62238479.0</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B189" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C189" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D189">
-        <v>342669.0</v>
+        <v>1481506.0</v>
       </c>
       <c r="E189">
-        <v>64.13</v>
+        <v>209224675.0</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B190" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C190" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D190">
-        <v>703298.0</v>
+        <v>81059.0</v>
       </c>
       <c r="E190">
-        <v>66.86</v>
+        <v>15989666.0</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B191" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C191" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D191">
-        <v>788375.0</v>
+        <v>304503.0</v>
       </c>
       <c r="E191">
-        <v>118.32</v>
+        <v>66214064.0</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B192" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="C192" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D192">
-        <v>64032.37</v>
+        <v>341454.0</v>
       </c>
       <c r="E192">
-        <v>11.11</v>
+        <v>61680514.0</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B193" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="C193" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D193">
-        <v>305262.92</v>
+        <v>1429416.0</v>
       </c>
       <c r="E193">
-        <v>55.78</v>
+        <v>186819093.0</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B194" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C194" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D194">
-        <v>314775.14</v>
+        <v>76702.0</v>
       </c>
       <c r="E194">
-        <v>60.77</v>
+        <v>11364940.0</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B195" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C195" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D195">
-        <v>684869.06</v>
+        <v>281335.0</v>
       </c>
       <c r="E195">
-        <v>70.52</v>
+        <v>59936543.0</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B196" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="C196" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D196">
-        <v>874421.92</v>
+        <v>288683.0</v>
       </c>
       <c r="E196">
-        <v>135.46</v>
+        <v>56184723.0</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B197" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="C197" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D197">
-        <v>57416.54</v>
+        <v>1195005.0</v>
       </c>
       <c r="E197">
-        <v>8.67</v>
+        <v>162731191.0</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B198" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C198" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D198">
-        <v>234905.85</v>
+        <v>72884.0</v>
       </c>
       <c r="E198">
-        <v>45.42</v>
+        <v>11257090.0</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B199" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C199" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D199">
-        <v>337030.32</v>
+        <v>238980.0</v>
       </c>
       <c r="E199">
-        <v>63.73</v>
+        <v>48525175.0</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B200" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C200" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D200">
-        <v>637316.51</v>
+        <v>352865.0</v>
       </c>
       <c r="E200">
-        <v>62.65</v>
+        <v>66386854.0</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B201" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="C201" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D201">
-        <v>656893.0</v>
+        <v>1252743.0</v>
       </c>
       <c r="E201">
-        <v>113.07</v>
+        <v>165357657.0</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B202" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C202" t="s">
         <v>6</v>
       </c>
       <c r="D202">
-        <v>52223.66</v>
+        <v>87420.0</v>
       </c>
       <c r="E202">
-        <v>7.55</v>
+        <v>14070480.0</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B203" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C203" t="s">
         <v>7</v>
       </c>
       <c r="D203">
-        <v>266191.18</v>
+        <v>304714.0</v>
       </c>
       <c r="E203">
-        <v>47.34</v>
+        <v>65644374.0</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B204" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C204" t="s">
         <v>8</v>
       </c>
       <c r="D204">
-        <v>312808.79</v>
+        <v>325606.0</v>
       </c>
       <c r="E204">
-        <v>61.25</v>
+        <v>61110366.0</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B205" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C205" t="s">
         <v>9</v>
       </c>
       <c r="D205">
-        <v>624308.68</v>
+        <v>1455991.0</v>
       </c>
       <c r="E205">
-        <v>60.57</v>
+        <v>203395687.0</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B206" t="s">
         <v>14</v>
       </c>
       <c r="C206" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D206">
-        <v>544737.0</v>
+        <v>82579.0</v>
       </c>
       <c r="E206">
-        <v>92.64</v>
+        <v>13564335.0</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B207" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C207" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D207">
-        <v>72543.0</v>
+        <v>288279.0</v>
       </c>
       <c r="E207">
-        <v>9.7</v>
+        <v>60442970.0</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B208" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C208" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D208">
-        <v>258890.0</v>
+        <v>321637.0</v>
       </c>
       <c r="E208">
-        <v>49.28</v>
+        <v>61674287.0</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B209" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="C209" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D209">
-        <v>303487.0</v>
+        <v>1420181.0</v>
       </c>
       <c r="E209">
-        <v>59.69</v>
+        <v>200240393.0</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B210" t="s">
         <v>15</v>
       </c>
       <c r="C210" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D210">
-        <v>694427.0</v>
+        <v>93011.0</v>
       </c>
       <c r="E210">
-        <v>65.93</v>
+        <v>13741485.0</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B211" t="s">
         <v>15</v>
       </c>
       <c r="C211" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D211">
-        <v>762451.0</v>
+        <v>291958.0</v>
       </c>
       <c r="E211">
-        <v>113.5</v>
+        <v>56934043.0</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B212" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C212" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D212">
-        <v>48250.3</v>
+        <v>335103.0</v>
       </c>
       <c r="E212">
-        <v>7.14</v>
+        <v>64251656.0</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B213" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="C213" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D213">
-        <v>207839.84</v>
+        <v>1533410.0</v>
       </c>
       <c r="E213">
-        <v>36.41</v>
+        <v>207799381.0</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B214" t="s">
         <v>16</v>
       </c>
       <c r="C214" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D214">
-        <v>312870.54</v>
+        <v>80201.0</v>
       </c>
       <c r="E214">
-        <v>60.12</v>
+        <v>13152289.0</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B215" t="s">
         <v>16</v>
       </c>
       <c r="C215" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D215">
-        <v>638950.73</v>
+        <v>296028.0</v>
       </c>
       <c r="E215">
-        <v>58.77</v>
+        <v>67789615.0</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B216" t="s">
         <v>16</v>
       </c>
       <c r="C216" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D216">
-        <v>778740.96</v>
+        <v>339940.0</v>
       </c>
       <c r="E216">
-        <v>122.74</v>
+        <v>64731783.0</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B217" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C217" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D217">
-        <v>55000.53</v>
+        <v>1523820.0</v>
       </c>
       <c r="E217">
-        <v>8.3</v>
+        <v>208281528.0</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B218" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C218" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D218">
-        <v>295452.22</v>
+        <v>84663.0</v>
       </c>
       <c r="E218">
-        <v>53.39</v>
+        <v>15374147.0</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B219" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C219" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D219">
-        <v>321925.37</v>
+        <v>276539.0</v>
       </c>
       <c r="E219">
-        <v>62.42</v>
+        <v>56355128.0</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B220" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C220" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D220">
-        <v>614825.87</v>
+        <v>342906.0</v>
       </c>
       <c r="E220">
-        <v>62.66</v>
+        <v>59558043.0</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B221" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C221" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D221">
-        <v>510230.41</v>
+        <v>1476598.0</v>
       </c>
       <c r="E221">
-        <v>91.16</v>
+        <v>202113098.0</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B222" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C222" t="s">
         <v>6</v>
       </c>
       <c r="D222">
-        <v>63278.0</v>
+        <v>77141.0</v>
       </c>
       <c r="E222">
-        <v>9.11</v>
+        <v>13508954.0</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B223" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C223" t="s">
         <v>7</v>
       </c>
       <c r="D223">
-        <v>287654.53</v>
+        <v>309873.0</v>
       </c>
       <c r="E223">
-        <v>54.62</v>
+        <v>65706242.0</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B224" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C224" t="s">
         <v>8</v>
       </c>
       <c r="D224">
-        <v>337795.79</v>
+        <v>332265.0</v>
       </c>
       <c r="E224">
-        <v>63.81</v>
+        <v>62299699.0</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B225" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C225" t="s">
         <v>9</v>
       </c>
       <c r="D225">
-        <v>658536.12</v>
+        <v>1369674.0</v>
       </c>
       <c r="E225">
-        <v>67.09</v>
+        <v>191779553.0</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B226" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="C226" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D226">
-        <v>754744.92</v>
+        <v>74681.0</v>
       </c>
       <c r="E226">
-        <v>108.52</v>
+        <v>12497589.0</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B227" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C227" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D227">
-        <v>55207.04</v>
+        <v>283286.0</v>
       </c>
       <c r="E227">
-        <v>8.52</v>
+        <v>61989806.0</v>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="A228">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B228" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C228" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D228">
-        <v>302457.77</v>
+        <v>322396.0</v>
       </c>
       <c r="E228">
-        <v>54.26</v>
+        <v>60766114.0</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229">
-        <v>2020.0</v>
+        <v>2021.0</v>
       </c>
       <c r="B229" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C229" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D229">
-        <v>346630.68</v>
+        <v>1387631.0</v>
       </c>
       <c r="E229">
-        <v>65.88</v>
+        <v>186616728.0</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230">
         <v>2020.0</v>
       </c>
       <c r="B230" t="s">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="C230" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D230">
-        <v>646388.37</v>
+        <v>58483.0</v>
       </c>
       <c r="E230">
-        <v>66.02</v>
+        <v>8306222.0</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231">
         <v>2020.0</v>
       </c>
       <c r="B231" t="s">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="C231" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D231">
-        <v>851491.94</v>
+        <v>274045.0</v>
       </c>
       <c r="E231">
-        <v>131.6</v>
+        <v>55083069.0</v>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="A232">
         <v>2020.0</v>
       </c>
       <c r="B232" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="C232" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D232">
-        <v>62355.54</v>
+        <v>324422.0</v>
       </c>
       <c r="E232">
-        <v>9.22</v>
+        <v>61237532.0</v>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="A233">
         <v>2020.0</v>
       </c>
       <c r="B233" t="s">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="C233" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D233">
-        <v>291215.39</v>
+        <v>1292023.0</v>
       </c>
       <c r="E233">
-        <v>51.7</v>
+        <v>171136325.0</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234">
         <v>2020.0</v>
       </c>
       <c r="B234" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C234" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D234">
-        <v>363881.69</v>
+        <v>54724.0</v>
       </c>
       <c r="E234">
-        <v>66.6</v>
+        <v>8193932.0</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235">
         <v>2020.0</v>
       </c>
       <c r="B235" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C235" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D235">
-        <v>649110.67</v>
+        <v>242160.0</v>
       </c>
       <c r="E235">
-        <v>65.68</v>
+        <v>41582575.0</v>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="A236">
         <v>2020.0</v>
       </c>
       <c r="B236" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="C236" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D236">
-        <v>891994.8</v>
+        <v>342669.0</v>
       </c>
       <c r="E236">
-        <v>134.96</v>
+        <v>64131466.0</v>
       </c>
     </row>
     <row r="237" spans="1:5">
       <c r="A237">
         <v>2020.0</v>
       </c>
       <c r="B237" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="C237" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D237">
-        <v>66610.0</v>
+        <v>1491673.0</v>
       </c>
       <c r="E237">
-        <v>9.47</v>
+        <v>185174269.0</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238">
         <v>2020.0</v>
       </c>
       <c r="B238" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C238" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D238">
-        <v>269864.0</v>
+        <v>64032.0</v>
       </c>
       <c r="E238">
-        <v>50.34</v>
+        <v>11107759.0</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239">
         <v>2020.0</v>
       </c>
       <c r="B239" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C239" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D239">
-        <v>339507.0</v>
+        <v>305263.0</v>
       </c>
       <c r="E239">
-        <v>62.88</v>
+        <v>55780133.0</v>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240">
         <v>2020.0</v>
       </c>
       <c r="B240" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C240" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D240">
-        <v>661601.0</v>
+        <v>314775.0</v>
       </c>
       <c r="E240">
-        <v>64.64</v>
+        <v>60767688.0</v>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241">
         <v>2020.0</v>
       </c>
       <c r="B241" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="C241" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D241">
-        <v>699665.0</v>
+        <v>1559291.0</v>
       </c>
       <c r="E241">
-        <v>106.47</v>
+        <v>205985261.0</v>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B242" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C242" t="s">
         <v>6</v>
       </c>
       <c r="D242">
-        <v>89619.8</v>
+        <v>57417.0</v>
       </c>
       <c r="E242">
-        <v>13.4</v>
+        <v>8667178.0</v>
       </c>
     </row>
     <row r="243" spans="1:5">
       <c r="A243">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B243" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C243" t="s">
         <v>7</v>
       </c>
       <c r="D243">
-        <v>271138.46</v>
+        <v>234906.0</v>
       </c>
       <c r="E243">
-        <v>57.45</v>
+        <v>45416452.0</v>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B244" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C244" t="s">
         <v>8</v>
       </c>
       <c r="D244">
-        <v>289768.34</v>
+        <v>337030.0</v>
       </c>
       <c r="E244">
-        <v>57.34</v>
+        <v>63726754.0</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B245" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="C245" t="s">
         <v>9</v>
       </c>
       <c r="D245">
-        <v>1223769.27</v>
+        <v>1294210.0</v>
       </c>
       <c r="E245">
-        <v>131.89</v>
+        <v>175717083.0</v>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B246" t="s">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="C246" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D246">
-        <v>207211.0</v>
+        <v>52224.0</v>
       </c>
       <c r="E246">
-        <v>61.66</v>
+        <v>7549716.0</v>
       </c>
     </row>
     <row r="247" spans="1:5">
       <c r="A247">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B247" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C247" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D247">
-        <v>76861.16</v>
+        <v>266191.0</v>
       </c>
       <c r="E247">
-        <v>12.33</v>
+        <v>47336616.0</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B248" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C248" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D248">
-        <v>272715.17</v>
+        <v>312809.0</v>
       </c>
       <c r="E248">
-        <v>60.39</v>
+        <v>61248266.0</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B249" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C249" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D249">
-        <v>332706.87</v>
+        <v>1169046.0</v>
       </c>
       <c r="E249">
-        <v>62.24</v>
+        <v>153219718.0</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="A250">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B250" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C250" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D250">
-        <v>1226809.48</v>
+        <v>72543.0</v>
       </c>
       <c r="E250">
-        <v>131.33</v>
+        <v>9697411.0</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B251" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C251" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D251">
-        <v>254697.0</v>
+        <v>258890.0</v>
       </c>
       <c r="E251">
-        <v>77.89</v>
+        <v>49284567.0</v>
       </c>
     </row>
     <row r="252" spans="1:5">
       <c r="A252">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B252" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C252" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D252">
-        <v>81058.87</v>
+        <v>303487.0</v>
       </c>
       <c r="E252">
-        <v>15.99</v>
+        <v>59685204.0</v>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B253" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C253" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D253">
-        <v>304503.1</v>
+        <v>1456878.0</v>
       </c>
       <c r="E253">
-        <v>66.21</v>
+        <v>179432812.0</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B254" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C254" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D254">
-        <v>341453.57</v>
+        <v>48250.0</v>
       </c>
       <c r="E254">
-        <v>61.68</v>
+        <v>7136602.0</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B255" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C255" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D255">
-        <v>1429416.36</v>
+        <v>207840.0</v>
       </c>
       <c r="E255">
-        <v>186.82</v>
+        <v>36408661.0</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B256" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C256" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D256">
-        <v>76702.1</v>
+        <v>312871.0</v>
       </c>
       <c r="E256">
-        <v>11.36</v>
+        <v>60115146.0</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B257" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C257" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D257">
-        <v>281335.1</v>
+        <v>1417692.0</v>
       </c>
       <c r="E257">
-        <v>59.94</v>
+        <v>181510567.0</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B258" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C258" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D258">
-        <v>288682.52</v>
+        <v>55001.0</v>
       </c>
       <c r="E258">
-        <v>56.18</v>
+        <v>8301991.0</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B259" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C259" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D259">
-        <v>1011301.18</v>
+        <v>295452.0</v>
       </c>
       <c r="E259">
-        <v>107.94</v>
+        <v>53390898.0</v>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B260" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C260" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D260">
-        <v>183704.0</v>
+        <v>321925.0</v>
       </c>
       <c r="E260">
-        <v>54.79</v>
+        <v>62416255.0</v>
       </c>
     </row>
     <row r="261" spans="1:5">
       <c r="A261">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B261" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C261" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D261">
-        <v>72883.5</v>
+        <v>1125056.0</v>
       </c>
       <c r="E261">
-        <v>11.26</v>
+        <v>153818144.0</v>
       </c>
     </row>
     <row r="262" spans="1:5">
       <c r="A262">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B262" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C262" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D262">
-        <v>238980.4</v>
+        <v>63278.0</v>
       </c>
       <c r="E262">
-        <v>48.53</v>
+        <v>9105697.0</v>
       </c>
     </row>
     <row r="263" spans="1:5">
       <c r="A263">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B263" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C263" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D263">
-        <v>352865.39</v>
+        <v>287655.0</v>
       </c>
       <c r="E263">
-        <v>66.39</v>
+        <v>54618047.0</v>
       </c>
     </row>
     <row r="264" spans="1:5">
       <c r="A264">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B264" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C264" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D264">
-        <v>1081896.56</v>
+        <v>337796.0</v>
       </c>
       <c r="E264">
-        <v>113.89</v>
+        <v>63811384.0</v>
       </c>
     </row>
     <row r="265" spans="1:5">
       <c r="A265">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B265" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C265" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D265">
-        <v>170846.0</v>
+        <v>1413281.0</v>
       </c>
       <c r="E265">
-        <v>51.46</v>
+        <v>175608017.0</v>
       </c>
     </row>
     <row r="266" spans="1:5">
       <c r="A266">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B266" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C266" t="s">
         <v>6</v>
       </c>
       <c r="D266">
-        <v>87419.57</v>
+        <v>55207.0</v>
       </c>
       <c r="E266">
-        <v>14.07</v>
+        <v>8516443.0</v>
       </c>
     </row>
     <row r="267" spans="1:5">
       <c r="A267">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B267" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C267" t="s">
         <v>7</v>
       </c>
       <c r="D267">
-        <v>304713.73</v>
+        <v>302458.0</v>
       </c>
       <c r="E267">
-        <v>65.64</v>
+        <v>54261230.0</v>
       </c>
     </row>
     <row r="268" spans="1:5">
       <c r="A268">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B268" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C268" t="s">
         <v>8</v>
       </c>
       <c r="D268">
-        <v>325605.91</v>
+        <v>346631.0</v>
       </c>
       <c r="E268">
-        <v>61.11</v>
+        <v>65877139.0</v>
       </c>
     </row>
     <row r="269" spans="1:5">
       <c r="A269">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B269" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C269" t="s">
         <v>9</v>
       </c>
       <c r="D269">
-        <v>1235913.71</v>
+        <v>1497880.0</v>
       </c>
       <c r="E269">
-        <v>138.44</v>
+        <v>197622846.0</v>
       </c>
     </row>
     <row r="270" spans="1:5">
       <c r="A270">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B270" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="C270" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D270">
-        <v>220077.0</v>
+        <v>62356.0</v>
       </c>
       <c r="E270">
-        <v>64.95</v>
+        <v>9216252.0</v>
       </c>
     </row>
     <row r="271" spans="1:5">
       <c r="A271">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B271" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C271" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D271">
-        <v>82579.26</v>
+        <v>291215.0</v>
       </c>
       <c r="E271">
-        <v>13.56</v>
+        <v>51695512.0</v>
       </c>
     </row>
     <row r="272" spans="1:5">
       <c r="A272">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B272" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C272" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D272">
-        <v>288279.12</v>
+        <v>363882.0</v>
       </c>
       <c r="E272">
-        <v>60.44</v>
+        <v>66596821.0</v>
       </c>
     </row>
     <row r="273" spans="1:5">
       <c r="A273">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B273" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C273" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D273">
-        <v>321636.65</v>
+        <v>1541106.0</v>
       </c>
       <c r="E273">
-        <v>61.67</v>
+        <v>200648118.0</v>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B274" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C274" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D274">
-        <v>1184511.46</v>
+        <v>66610.0</v>
       </c>
       <c r="E274">
-        <v>131.45</v>
+        <v>9469594.0</v>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B275" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C275" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D275">
-        <v>235670.0</v>
+        <v>269864.0</v>
       </c>
       <c r="E275">
-        <v>68.79</v>
+        <v>50336372.0</v>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B276" t="s">
         <v>17</v>
       </c>
       <c r="C276" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D276">
-        <v>93010.8</v>
+        <v>339507.0</v>
       </c>
       <c r="E276">
-        <v>13.74</v>
+        <v>62884573.0</v>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="B277" t="s">
         <v>17</v>
       </c>
       <c r="C277" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D277">
-        <v>291958.4</v>
+        <v>1361266.0</v>
       </c>
       <c r="E277">
-        <v>56.93</v>
+        <v>171108924.0</v>
       </c>
     </row>
     <row r="278" spans="1:5">
       <c r="A278">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B278" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="C278" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D278">
-        <v>335102.82</v>
+        <v>41355.0</v>
       </c>
       <c r="E278">
-        <v>64.25</v>
+        <v>6302635.0</v>
       </c>
     </row>
     <row r="279" spans="1:5">
       <c r="A279">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B279" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="C279" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D279">
-        <v>1290416.55</v>
+        <v>272544.0</v>
       </c>
       <c r="E279">
-        <v>137.78</v>
+        <v>47357620.0</v>
       </c>
     </row>
     <row r="280" spans="1:5">
       <c r="A280">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B280" t="s">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="C280" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D280">
-        <v>242993.0</v>
+        <v>444500.0</v>
       </c>
       <c r="E280">
-        <v>70.02</v>
+        <v>76115370.0</v>
       </c>
     </row>
     <row r="281" spans="1:5">
       <c r="A281">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B281" t="s">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="C281" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D281">
-        <v>80201.01</v>
+        <v>1131679.0</v>
       </c>
       <c r="E281">
-        <v>13.15</v>
+        <v>152584365.0</v>
       </c>
     </row>
     <row r="282" spans="1:5">
       <c r="A282">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B282" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="C282" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D282">
-        <v>296027.76</v>
+        <v>39046.0</v>
       </c>
       <c r="E282">
-        <v>67.79</v>
+        <v>6255020.0</v>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B283" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="C283" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D283">
-        <v>339940.29</v>
+        <v>325824.0</v>
       </c>
       <c r="E283">
-        <v>64.73</v>
+        <v>59420993.0</v>
       </c>
     </row>
     <row r="284" spans="1:5">
       <c r="A284">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B284" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="C284" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D284">
-        <v>1296807.1</v>
+        <v>474316.0</v>
       </c>
       <c r="E284">
-        <v>140.99</v>
+        <v>83371653.0</v>
       </c>
     </row>
     <row r="285" spans="1:5">
       <c r="A285">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B285" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="C285" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D285">
-        <v>227013.0</v>
+        <v>785112.0</v>
       </c>
       <c r="E285">
-        <v>67.29</v>
+        <v>115222378.0</v>
       </c>
     </row>
     <row r="286" spans="1:5">
       <c r="A286">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B286" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C286" t="s">
         <v>6</v>
       </c>
       <c r="D286">
-        <v>84663.16</v>
+        <v>56832.0</v>
       </c>
       <c r="E286">
-        <v>15.37</v>
+        <v>7863887.0</v>
       </c>
     </row>
     <row r="287" spans="1:5">
       <c r="A287">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B287" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C287" t="s">
         <v>7</v>
       </c>
       <c r="D287">
-        <v>276539.3</v>
+        <v>281081.0</v>
       </c>
       <c r="E287">
-        <v>56.36</v>
+        <v>49147178.0</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B288" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C288" t="s">
         <v>8</v>
       </c>
       <c r="D288">
-        <v>342905.88</v>
+        <v>418966.0</v>
       </c>
       <c r="E288">
-        <v>59.56</v>
+        <v>74552664.0</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B289" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C289" t="s">
         <v>9</v>
       </c>
       <c r="D289">
-        <v>1476597.81</v>
+        <v>1019577.0</v>
       </c>
       <c r="E289">
-        <v>202.11</v>
+        <v>145799896.0</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B290" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C290" t="s">
         <v>6</v>
       </c>
       <c r="D290">
-        <v>77141.11</v>
+        <v>39917.0</v>
       </c>
       <c r="E290">
-        <v>13.51</v>
+        <v>6086617.0</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B291" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C291" t="s">
         <v>7</v>
       </c>
       <c r="D291">
-        <v>309872.7</v>
+        <v>245933.0</v>
       </c>
       <c r="E291">
-        <v>65.71</v>
+        <v>44090936.0</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B292" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C292" t="s">
         <v>8</v>
       </c>
       <c r="D292">
-        <v>332265.39</v>
+        <v>426985.0</v>
       </c>
       <c r="E292">
-        <v>62.3</v>
+        <v>72883293.0</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B293" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="C293" t="s">
         <v>9</v>
       </c>
       <c r="D293">
-        <v>1143851.77</v>
+        <v>710781.0</v>
       </c>
       <c r="E293">
-        <v>123.6</v>
+        <v>115078090.0</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B294" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C294" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D294">
-        <v>225822.0</v>
+        <v>39653.0</v>
       </c>
       <c r="E294">
-        <v>68.18</v>
+        <v>6016792.0</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B295" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C295" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D295">
-        <v>74680.9</v>
+        <v>253631.0</v>
       </c>
       <c r="E295">
-        <v>12.5</v>
+        <v>48471489.0</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B296" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C296" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D296">
-        <v>283285.8</v>
+        <v>377506.0</v>
       </c>
       <c r="E296">
-        <v>61.99</v>
+        <v>60625146.0</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B297" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="C297" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D297">
-        <v>322396.39</v>
+        <v>642103.0</v>
       </c>
       <c r="E297">
-        <v>60.77</v>
+        <v>88955561.0</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B298" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C298" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D298">
-        <v>1176117.05</v>
+        <v>40389.0</v>
       </c>
       <c r="E298">
-        <v>122.1</v>
+        <v>6215081.0</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B299" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C299" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D299">
-        <v>211514.0</v>
+        <v>324799.0</v>
       </c>
       <c r="E299">
-        <v>64.52</v>
+        <v>57232770.0</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B300" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="C300" t="s">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D300">
-        <v>88251.72</v>
+        <v>458352.0</v>
       </c>
       <c r="E300">
-        <v>16.7</v>
+        <v>78852165.0</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B301" t="s">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="C301" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D301">
-        <v>295932.0</v>
+        <v>860261.0</v>
       </c>
       <c r="E301">
-        <v>63.0</v>
+        <v>128980216.0</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B302" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C302" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D302">
-        <v>325129.45</v>
+        <v>36739.0</v>
       </c>
       <c r="E302">
-        <v>58.2</v>
+        <v>5520055.0</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B303" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C303" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D303">
-        <v>1207184.83</v>
+        <v>305670.0</v>
       </c>
       <c r="E303">
-        <v>128.99</v>
+        <v>52124923.0</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B304" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C304" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D304">
-        <v>239210.0</v>
+        <v>438362.0</v>
       </c>
       <c r="E304">
-        <v>65.65</v>
+        <v>75810099.0</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B305" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="C305" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D305">
-        <v>77771.26</v>
+        <v>1177954.0</v>
       </c>
       <c r="E305">
-        <v>15.14</v>
+        <v>159543734.0</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B306" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C306" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D306">
-        <v>300700.0</v>
+        <v>42099.0</v>
       </c>
       <c r="E306">
-        <v>71.43</v>
+        <v>6840032.0</v>
       </c>
     </row>
     <row r="307" spans="1:5">
       <c r="A307">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B307" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C307" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D307">
-        <v>295583.39</v>
+        <v>282991.0</v>
       </c>
       <c r="E307">
-        <v>55.34</v>
+        <v>51665663.0</v>
       </c>
     </row>
     <row r="308" spans="1:5">
       <c r="A308">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B308" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C308" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D308">
-        <v>1485465.62</v>
+        <v>346444.0</v>
       </c>
       <c r="E308">
-        <v>197.73</v>
+        <v>61869845.0</v>
       </c>
     </row>
     <row r="309" spans="1:5">
       <c r="A309">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B309" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C309" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D309">
-        <v>51737.0</v>
+        <v>775843.0</v>
       </c>
       <c r="E309">
-        <v>12.2</v>
+        <v>120936326.0</v>
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B310" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C310" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D310">
-        <v>288530.0</v>
+        <v>38207.0</v>
       </c>
       <c r="E310">
-        <v>67.45</v>
+        <v>5733673.0</v>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B311" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C311" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D311">
-        <v>367593.0</v>
+        <v>319517.0</v>
       </c>
       <c r="E311">
-        <v>64.42</v>
+        <v>54636816.0</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B312" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C312" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D312">
-        <v>1497659.79</v>
+        <v>446506.0</v>
       </c>
       <c r="E312">
-        <v>198.74</v>
+        <v>76265412.0</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B313" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C313" t="s">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D313">
-        <v>82791.91</v>
+        <v>1193343.0</v>
       </c>
       <c r="E313">
-        <v>14.98</v>
+        <v>162541061.0</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B314" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C314" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D314">
-        <v>224338.0</v>
+        <v>45134.0</v>
       </c>
       <c r="E314">
-        <v>56.44</v>
+        <v>6562439.0</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B315" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C315" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D315">
-        <v>331458.56</v>
+        <v>299324.0</v>
       </c>
       <c r="E315">
-        <v>61.73</v>
+        <v>48076507.0</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B316" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C316" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D316">
-        <v>1039640.55</v>
+        <v>399814.0</v>
       </c>
       <c r="E316">
-        <v>123.9</v>
+        <v>62708480.0</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B317" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C317" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D317">
-        <v>232379.0</v>
+        <v>662413.0</v>
       </c>
       <c r="E317">
-        <v>64.61</v>
+        <v>114397676.0</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B318" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C318" t="s">
         <v>6</v>
       </c>
       <c r="D318">
-        <v>75804.85</v>
+        <v>28479.0</v>
       </c>
       <c r="E318">
-        <v>14.51</v>
+        <v>3780534.0</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B319" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C319" t="s">
         <v>7</v>
       </c>
       <c r="D319">
-        <v>230465.0</v>
+        <v>113210.0</v>
       </c>
       <c r="E319">
-        <v>52.38</v>
+        <v>18490212.0</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B320" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C320" t="s">
         <v>8</v>
       </c>
       <c r="D320">
-        <v>301367.94</v>
+        <v>386980.0</v>
       </c>
       <c r="E320">
-        <v>53.72</v>
+        <v>66963313.0</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B321" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C321" t="s">
         <v>9</v>
       </c>
       <c r="D321">
-        <v>1263041.16</v>
+        <v>529381.0</v>
       </c>
       <c r="E321">
-        <v>168.38</v>
+        <v>91673749.0</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B322" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C322" t="s">
         <v>6</v>
       </c>
       <c r="D322">
-        <v>66000.51</v>
+        <v>44096.0</v>
       </c>
       <c r="E322">
-        <v>13.47</v>
+        <v>6535204.0</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B323" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C323" t="s">
         <v>7</v>
       </c>
       <c r="D323">
-        <v>293087.0</v>
+        <v>293568.0</v>
       </c>
       <c r="E323">
-        <v>66.58</v>
+        <v>51694352.0</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B324" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C324" t="s">
         <v>8</v>
       </c>
       <c r="D324">
-        <v>287612.08</v>
+        <v>411018.0</v>
       </c>
       <c r="E324">
-        <v>52.25</v>
+        <v>73152970.0</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="B325" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C325" t="s">
         <v>9</v>
       </c>
       <c r="D325">
-        <v>1316982.7</v>
+        <v>791460.0</v>
       </c>
       <c r="E325">
-        <v>178.93</v>
+        <v>115987878.0</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B326" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C326" t="s">
         <v>6</v>
       </c>
       <c r="D326">
-        <v>64371.41</v>
+        <v>28399.0</v>
       </c>
       <c r="E326">
-        <v>13.36</v>
+        <v>3994025.0</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B327" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C327" t="s">
         <v>7</v>
       </c>
       <c r="D327">
-        <v>257163.0</v>
+        <v>292624.0</v>
       </c>
       <c r="E327">
-        <v>56.27</v>
+        <v>54969510.0</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B328" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C328" t="s">
         <v>8</v>
       </c>
       <c r="D328">
-        <v>341787.48</v>
+        <v>318035.0</v>
       </c>
       <c r="E328">
-        <v>61.38</v>
+        <v>58508057.0</v>
       </c>
     </row>
     <row r="329" spans="1:5">
       <c r="A329">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B329" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C329" t="s">
         <v>9</v>
       </c>
       <c r="D329">
-        <v>1392257.31</v>
+        <v>1445345.0</v>
       </c>
       <c r="E329">
-        <v>195.06</v>
+        <v>190283708.0</v>
       </c>
     </row>
     <row r="330" spans="1:5">
       <c r="A330">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B330" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="C330" t="s">
         <v>6</v>
       </c>
       <c r="D330">
-        <v>98937.78</v>
+        <v>40131.0</v>
       </c>
       <c r="E330">
-        <v>20.27</v>
+        <v>6837364.0</v>
       </c>
     </row>
     <row r="331" spans="1:5">
       <c r="A331">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B331" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="C331" t="s">
         <v>7</v>
       </c>
       <c r="D331">
-        <v>277021.0</v>
+        <v>345277.0</v>
       </c>
       <c r="E331">
-        <v>65.46</v>
+        <v>62184305.0</v>
       </c>
     </row>
     <row r="332" spans="1:5">
       <c r="A332">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B332" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="C332" t="s">
         <v>8</v>
       </c>
       <c r="D332">
-        <v>300841.72</v>
+        <v>329755.0</v>
       </c>
       <c r="E332">
-        <v>55.51</v>
+        <v>61059765.0</v>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B333" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="C333" t="s">
         <v>9</v>
       </c>
       <c r="D333">
-        <v>1191612.5</v>
+        <v>1581577.0</v>
       </c>
       <c r="E333">
-        <v>130.76</v>
+        <v>210336573.0</v>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B334" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C334" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D334">
-        <v>219152.0</v>
+        <v>49191.0</v>
       </c>
       <c r="E334">
-        <v>57.82</v>
+        <v>8212563.0</v>
       </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B335" t="s">
         <v>18</v>
       </c>
       <c r="C335" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D335">
-        <v>70685.75</v>
+        <v>264433.0</v>
       </c>
       <c r="E335">
-        <v>14.52</v>
+        <v>46677688.0</v>
       </c>
     </row>
     <row r="336" spans="1:5">
       <c r="A336">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B336" t="s">
         <v>18</v>
       </c>
       <c r="C336" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D336">
-        <v>211465.0</v>
+        <v>308643.0</v>
       </c>
       <c r="E336">
-        <v>54.09</v>
+        <v>59924732.0</v>
       </c>
     </row>
     <row r="337" spans="1:5">
       <c r="A337">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B337" t="s">
         <v>18</v>
       </c>
       <c r="C337" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D337">
-        <v>350216.07</v>
+        <v>1016192.0</v>
       </c>
       <c r="E337">
-        <v>62.85</v>
+        <v>147993768.0</v>
       </c>
     </row>
     <row r="338" spans="1:5">
       <c r="A338">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B338" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C338" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D338">
-        <v>1462477.95</v>
+        <v>31930.0</v>
       </c>
       <c r="E338">
-        <v>201.61</v>
+        <v>4485136.0</v>
       </c>
     </row>
     <row r="339" spans="1:5">
       <c r="A339">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B339" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="C339" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D339">
-        <v>49562.07</v>
+        <v>299309.0</v>
       </c>
       <c r="E339">
-        <v>12.02</v>
+        <v>53178198.0</v>
       </c>
     </row>
     <row r="340" spans="1:5">
       <c r="A340">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B340" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="C340" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D340">
-        <v>313051.0</v>
+        <v>325341.0</v>
       </c>
       <c r="E340">
-        <v>74.66</v>
+        <v>60580517.0</v>
       </c>
     </row>
     <row r="341" spans="1:5">
       <c r="A341">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B341" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="C341" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D341">
-        <v>327034.18</v>
+        <v>1503256.0</v>
       </c>
       <c r="E341">
-        <v>58.78</v>
+        <v>208483675.0</v>
       </c>
     </row>
     <row r="342" spans="1:5">
       <c r="A342">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B342" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="C342" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D342">
-        <v>1468602.53</v>
+        <v>32898.0</v>
       </c>
       <c r="E342">
-        <v>192.49</v>
+        <v>4554811.0</v>
       </c>
     </row>
     <row r="343" spans="1:5">
       <c r="A343">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B343" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C343" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D343">
-        <v>49448.02</v>
+        <v>269722.0</v>
       </c>
       <c r="E343">
-        <v>10.99</v>
+        <v>47945784.0</v>
       </c>
     </row>
     <row r="344" spans="1:5">
       <c r="A344">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B344" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C344" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D344">
-        <v>305768.0</v>
+        <v>292593.0</v>
       </c>
       <c r="E344">
-        <v>79.77</v>
+        <v>55521619.0</v>
       </c>
     </row>
     <row r="345" spans="1:5">
       <c r="A345">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B345" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C345" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D345">
-        <v>313147.96</v>
+        <v>1453598.0</v>
       </c>
       <c r="E345">
-        <v>57.36</v>
+        <v>194467654.0</v>
       </c>
     </row>
     <row r="346" spans="1:5">
       <c r="A346">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B346" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C346" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D346">
-        <v>1468707.17</v>
+        <v>37585.0</v>
       </c>
       <c r="E346">
-        <v>196.87</v>
+        <v>5875498.0</v>
       </c>
     </row>
     <row r="347" spans="1:5">
       <c r="A347">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B347" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C347" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D347">
-        <v>55722.75</v>
+        <v>281611.0</v>
       </c>
       <c r="E347">
-        <v>12.44</v>
+        <v>52241735.0</v>
       </c>
     </row>
     <row r="348" spans="1:5">
       <c r="A348">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B348" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C348" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D348">
-        <v>262468.0</v>
+        <v>306782.0</v>
       </c>
       <c r="E348">
-        <v>69.42</v>
+        <v>58452884.0</v>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B349" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C349" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D349">
-        <v>328405.83</v>
+        <v>1637641.0</v>
       </c>
       <c r="E349">
-        <v>59.15</v>
+        <v>218715098.0</v>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350">
-        <v>2022.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B350" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="C350" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D350">
-        <v>1366048.58</v>
+        <v>29262.0</v>
       </c>
       <c r="E350">
-        <v>181.09</v>
+        <v>4883929.0</v>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B351" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C351" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D351">
-        <v>45378.95</v>
+        <v>313892.0</v>
       </c>
       <c r="E351">
-        <v>9.75</v>
+        <v>57172365.0</v>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B352" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C352" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D352">
-        <v>262237.0</v>
+        <v>279825.0</v>
       </c>
       <c r="E352">
-        <v>57.48</v>
+        <v>53047097.0</v>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B353" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C353" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D353">
-        <v>257062.33</v>
+        <v>1653136.0</v>
       </c>
       <c r="E353">
-        <v>47.9</v>
+        <v>216646302.0</v>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B354" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C354" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D354">
-        <v>1329418.12</v>
+        <v>42804.0</v>
       </c>
       <c r="E354">
-        <v>183.87</v>
+        <v>5687985.0</v>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B355" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C355" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D355">
-        <v>49976.88</v>
+        <v>257901.0</v>
       </c>
       <c r="E355">
-        <v>6.58</v>
+        <v>43425293.0</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B356" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C356" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D356">
-        <v>270954.0</v>
+        <v>329888.0</v>
       </c>
       <c r="E356">
-        <v>46.76</v>
+        <v>62851218.0</v>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B357" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C357" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D357">
-        <v>331056.21</v>
+        <v>1482114.0</v>
       </c>
       <c r="E357">
-        <v>59.58</v>
+        <v>204943465.0</v>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B358" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C358" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D358">
-        <v>1238054.46</v>
+        <v>32280.0</v>
       </c>
       <c r="E358">
-        <v>166.5</v>
+        <v>5159738.0</v>
       </c>
     </row>
     <row r="359" spans="1:5">
       <c r="A359">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B359" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C359" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D359">
-        <v>56277.23</v>
+        <v>321025.0</v>
       </c>
       <c r="E359">
-        <v>8.27</v>
+        <v>58015689.0</v>
       </c>
     </row>
     <row r="360" spans="1:5">
       <c r="A360">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B360" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C360" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D360">
-        <v>264978.0</v>
+        <v>329943.0</v>
       </c>
       <c r="E360">
-        <v>43.93</v>
+        <v>61299745.0</v>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B361" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C361" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D361">
-        <v>305541.11</v>
+        <v>1589613.0</v>
       </c>
       <c r="E361">
-        <v>54.06</v>
+        <v>219096557.0</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B362" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C362" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D362">
-        <v>1362381.47</v>
+        <v>46828.0</v>
       </c>
       <c r="E362">
-        <v>178.93</v>
+        <v>7051212.0</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B363" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C363" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D363">
-        <v>37184.15</v>
+        <v>283090.0</v>
       </c>
       <c r="E363">
-        <v>7.58</v>
+        <v>52091442.0</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B364" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C364" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D364">
-        <v>250470.98</v>
+        <v>320201.0</v>
       </c>
       <c r="E364">
-        <v>58.61</v>
+        <v>62205219.0</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B365" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C365" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D365">
-        <v>345350.13</v>
+        <v>1469087.0</v>
       </c>
       <c r="E365">
-        <v>62.81</v>
+        <v>197933257.0</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B366" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C366" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D366">
-        <v>1343560.14</v>
+        <v>51488.0</v>
       </c>
       <c r="E366">
-        <v>172.9</v>
+        <v>8450819.0</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B367" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C367" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D367">
-        <v>39094.68</v>
+        <v>283417.0</v>
       </c>
       <c r="E367">
-        <v>7.36</v>
+        <v>55467523.0</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B368" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C368" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D368">
-        <v>177928.0</v>
+        <v>326938.0</v>
       </c>
       <c r="E368">
-        <v>38.35</v>
+        <v>63262455.0</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B369" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C369" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D369">
-        <v>284486.46</v>
+        <v>1657101.0</v>
       </c>
       <c r="E369">
-        <v>48.25</v>
+        <v>214920175.0</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B370" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C370" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D370">
-        <v>1254978.58</v>
+        <v>32661.0</v>
       </c>
       <c r="E370">
-        <v>154.86</v>
+        <v>5456565.0</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B371" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C371" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D371">
-        <v>43895.54</v>
+        <v>286937.0</v>
       </c>
       <c r="E371">
-        <v>6.29</v>
+        <v>52520934.0</v>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B372" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C372" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D372">
-        <v>281941.0</v>
+        <v>301734.0</v>
       </c>
       <c r="E372">
-        <v>51.08</v>
+        <v>58347329.0</v>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373">
-        <v>2023.0</v>
+        <v>2018.0</v>
       </c>
       <c r="B373" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C373" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D373">
-        <v>340068.68</v>
+        <v>1447705.0</v>
       </c>
       <c r="E373">
-        <v>59.83</v>
+        <v>186110143.0</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B374" t="s">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="C374" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D374">
-        <v>1390635.55</v>
+        <v>19576.0</v>
       </c>
       <c r="E374">
-        <v>185.08</v>
+        <v>2288775.0</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B375" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C375" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D375">
-        <v>38911.93</v>
+        <v>244797.0</v>
       </c>
       <c r="E375">
-        <v>7.88</v>
+        <v>46849265.0</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B376" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C376" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D376">
-        <v>284626.0</v>
+        <v>309699.0</v>
       </c>
       <c r="E376">
-        <v>52.62</v>
+        <v>56790180.0</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B377" t="s">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="C377" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D377">
-        <v>319915.64</v>
+        <v>1550288.0</v>
       </c>
       <c r="E377">
-        <v>57.48</v>
+        <v>205992483.0</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B378" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="C378" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D378">
-        <v>1481496.91</v>
+        <v>29557.0</v>
       </c>
       <c r="E378">
-        <v>183.28</v>
+        <v>3556210.0</v>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B379" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="C379" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D379">
-        <v>47911.77</v>
+        <v>293097.0</v>
       </c>
       <c r="E379">
-        <v>9.72</v>
+        <v>51374049.0</v>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B380" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="C380" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D380">
-        <v>267796.0</v>
+        <v>352359.0</v>
       </c>
       <c r="E380">
-        <v>67.97</v>
+        <v>66506260.0</v>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B381" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="C381" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D381">
-        <v>367212.64</v>
+        <v>1537970.0</v>
       </c>
       <c r="E381">
-        <v>67.5</v>
+        <v>210934376.0</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B382" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C382" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D382">
-        <v>1395274.41</v>
+        <v>24290.0</v>
       </c>
       <c r="E382">
-        <v>181.01</v>
+        <v>3323491.0</v>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B383" t="s">
         <v>18</v>
       </c>
       <c r="C383" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D383">
-        <v>53082.42</v>
+        <v>252106.0</v>
       </c>
       <c r="E383">
-        <v>9.88</v>
+        <v>38612596.0</v>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B384" t="s">
         <v>18</v>
       </c>
       <c r="C384" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D384">
-        <v>317268.0</v>
+        <v>334776.0</v>
       </c>
       <c r="E384">
-        <v>70.33</v>
+        <v>63683755.0</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B385" t="s">
         <v>18</v>
       </c>
       <c r="C385" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D385">
-        <v>314167.58</v>
+        <v>1512657.0</v>
       </c>
       <c r="E385">
-        <v>57.1</v>
+        <v>205558280.0</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B386" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="C386" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D386">
-        <v>1459187.09</v>
+        <v>40644.0</v>
       </c>
       <c r="E386">
-        <v>193.17</v>
+        <v>5157767.0</v>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B387" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="C387" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D387">
-        <v>20915.57</v>
+        <v>256447.0</v>
       </c>
       <c r="E387">
-        <v>2.64</v>
+        <v>44185744.0</v>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B388" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="C388" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D388">
-        <v>0.0</v>
+        <v>317404.0</v>
       </c>
       <c r="E388">
-        <v>0.0</v>
+        <v>59197792.0</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B389" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="C389" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D389">
-        <v>325164.97</v>
+        <v>1581217.0</v>
       </c>
       <c r="E389">
-        <v>57.64</v>
+        <v>206268018.0</v>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B390" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="C390" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D390">
-        <v>1297787.48</v>
+        <v>29540.0</v>
       </c>
       <c r="E390">
-        <v>170.42</v>
+        <v>3658249.0</v>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B391" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C391" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D391">
-        <v>51926.32</v>
+        <v>257478.0</v>
       </c>
       <c r="E391">
-        <v>6.83</v>
+        <v>45148783.0</v>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B392" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C392" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D392">
-        <v>221648.0</v>
+        <v>279431.0</v>
       </c>
       <c r="E392">
-        <v>37.3</v>
+        <v>49466935.0</v>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B393" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="C393" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D393">
-        <v>318323.01</v>
+        <v>1362425.0</v>
       </c>
       <c r="E393">
-        <v>58.82</v>
+        <v>176253776.0</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B394" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="C394" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D394">
-        <v>1392389.18</v>
+        <v>22895.0</v>
       </c>
       <c r="E394">
-        <v>186.21</v>
+        <v>2726000.0</v>
       </c>
     </row>
     <row r="395" spans="1:5">
       <c r="A395">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B395" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C395" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D395">
-        <v>49242.55</v>
+        <v>280283.0</v>
       </c>
       <c r="E395">
-        <v>6.95</v>
+        <v>48542189.0</v>
       </c>
     </row>
     <row r="396" spans="1:5">
       <c r="A396">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B396" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C396" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D396">
-        <v>267706.0</v>
+        <v>349705.0</v>
       </c>
       <c r="E396">
-        <v>44.08</v>
+        <v>64969357.0</v>
       </c>
     </row>
     <row r="397" spans="1:5">
       <c r="A397">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B397" t="s">
-        <v>21</v>
+        <v>13</v>
       </c>
       <c r="C397" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D397">
-        <v>334795.94</v>
+        <v>1594344.0</v>
       </c>
       <c r="E397">
-        <v>61.35</v>
+        <v>218459645.0</v>
       </c>
     </row>
     <row r="398" spans="1:5">
       <c r="A398">
-        <v>2023.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B398" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="C398" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D398">
-        <v>1330844.49</v>
+        <v>23892.0</v>
       </c>
       <c r="E398">
-        <v>177.43</v>
+        <v>2806392.0</v>
       </c>
     </row>
     <row r="399" spans="1:5">
       <c r="A399">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B399" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C399" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D399">
-        <v>41538.0</v>
+        <v>268250.0</v>
       </c>
       <c r="E399">
-        <v>5.71</v>
+        <v>49435802.0</v>
       </c>
     </row>
     <row r="400" spans="1:5">
       <c r="A400">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B400" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C400" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D400">
-        <v>228692.0</v>
+        <v>299464.0</v>
       </c>
       <c r="E400">
-        <v>70.99</v>
+        <v>55068193.0</v>
       </c>
     </row>
     <row r="401" spans="1:5">
       <c r="A401">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B401" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="C401" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D401">
-        <v>280125.0</v>
+        <v>1488790.0</v>
       </c>
       <c r="E401">
-        <v>51.93</v>
+        <v>196214592.0</v>
       </c>
     </row>
     <row r="402" spans="1:5">
       <c r="A402">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B402" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="C402" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D402">
-        <v>1203230.0</v>
+        <v>25870.0</v>
       </c>
       <c r="E402">
-        <v>171.77</v>
+        <v>3031820.0</v>
       </c>
     </row>
     <row r="403" spans="1:5">
       <c r="A403">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B403" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C403" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D403">
-        <v>45241.16</v>
+        <v>276624.0</v>
       </c>
       <c r="E403">
-        <v>5.97</v>
+        <v>48456147.0</v>
       </c>
     </row>
     <row r="404" spans="1:5">
       <c r="A404">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B404" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C404" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D404">
-        <v>325536.0</v>
+        <v>238657.0</v>
       </c>
       <c r="E404">
-        <v>69.66</v>
+        <v>44402546.0</v>
       </c>
     </row>
     <row r="405" spans="1:5">
       <c r="A405">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B405" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="C405" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D405">
-        <v>324010.93</v>
+        <v>1539436.0</v>
       </c>
       <c r="E405">
-        <v>59.09</v>
+        <v>205197326.0</v>
       </c>
     </row>
     <row r="406" spans="1:5">
       <c r="A406">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B406" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C406" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D406">
-        <v>1358614.74</v>
+        <v>19066.0</v>
       </c>
       <c r="E406">
-        <v>189.0</v>
+        <v>2211803.0</v>
       </c>
     </row>
     <row r="407" spans="1:5">
       <c r="A407">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B407" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C407" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D407">
-        <v>56378.94</v>
+        <v>285913.0</v>
       </c>
       <c r="E407">
-        <v>8.43</v>
+        <v>50363559.0</v>
       </c>
     </row>
     <row r="408" spans="1:5">
       <c r="A408">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B408" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C408" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D408">
-        <v>320548.0</v>
+        <v>330499.0</v>
       </c>
       <c r="E408">
-        <v>61.57</v>
+        <v>60577319.0</v>
       </c>
     </row>
     <row r="409" spans="1:5">
       <c r="A409">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B409" t="s">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C409" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D409">
-        <v>335543.77</v>
+        <v>1499925.0</v>
       </c>
       <c r="E409">
-        <v>59.89</v>
+        <v>206362152.0</v>
       </c>
     </row>
     <row r="410" spans="1:5">
       <c r="A410">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B410" t="s">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C410" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D410">
-        <v>1118552.41</v>
+        <v>23385.0</v>
       </c>
       <c r="E410">
-        <v>163.12</v>
+        <v>3243479.0</v>
       </c>
     </row>
     <row r="411" spans="1:5">
       <c r="A411">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B411" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C411" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D411">
-        <v>54751.81</v>
+        <v>253601.0</v>
       </c>
       <c r="E411">
-        <v>7.76</v>
+        <v>40421446.0</v>
       </c>
     </row>
     <row r="412" spans="1:5">
       <c r="A412">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B412" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C412" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D412">
-        <v>328232.0</v>
+        <v>337629.0</v>
       </c>
       <c r="E412">
-        <v>58.38</v>
+        <v>61259478.0</v>
       </c>
     </row>
     <row r="413" spans="1:5">
       <c r="A413">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B413" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="C413" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D413">
-        <v>343872.37</v>
+        <v>1423715.0</v>
       </c>
       <c r="E413">
-        <v>62.93</v>
+        <v>194826580.0</v>
       </c>
     </row>
     <row r="414" spans="1:5">
       <c r="A414">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B414" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="C414" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D414">
-        <v>1289115.04</v>
+        <v>28561.0</v>
       </c>
       <c r="E414">
-        <v>173.84</v>
+        <v>3749657.0</v>
       </c>
     </row>
     <row r="415" spans="1:5">
       <c r="A415">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B415" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C415" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D415">
-        <v>43560.19</v>
+        <v>275153.0</v>
       </c>
       <c r="E415">
-        <v>5.29</v>
+        <v>49821919.0</v>
       </c>
     </row>
     <row r="416" spans="1:5">
       <c r="A416">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B416" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C416" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D416">
-        <v>335318.0</v>
+        <v>346806.0</v>
       </c>
       <c r="E416">
-        <v>59.34</v>
+        <v>64854016.0</v>
       </c>
     </row>
     <row r="417" spans="1:5">
       <c r="A417">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B417" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="C417" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D417">
-        <v>307094.35</v>
+        <v>1638011.0</v>
       </c>
       <c r="E417">
-        <v>56.04</v>
+        <v>219890914.0</v>
       </c>
     </row>
     <row r="418" spans="1:5">
       <c r="A418">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B418" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C418" t="s">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="D418">
-        <v>1288016.87</v>
+        <v>30193.0</v>
       </c>
       <c r="E418">
-        <v>175.01</v>
+        <v>3868640.0</v>
       </c>
     </row>
     <row r="419" spans="1:5">
       <c r="A419">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B419" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C419" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D419">
-        <v>49013.04</v>
+        <v>286276.0</v>
       </c>
       <c r="E419">
-        <v>7.44</v>
+        <v>48870229.0</v>
       </c>
     </row>
     <row r="420" spans="1:5">
       <c r="A420">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B420" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C420" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D420">
-        <v>325625.0</v>
+        <v>336112.0</v>
       </c>
       <c r="E420">
-        <v>73.28</v>
+        <v>61186139.0</v>
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421">
-        <v>2024.0</v>
+        <v>2017.0</v>
       </c>
       <c r="B421" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C421" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D421">
-        <v>314585.28</v>
+        <v>1584501.0</v>
       </c>
       <c r="E421">
-        <v>57.72</v>
-[...1036 lines deleted...]
-        <v>104.27</v>
+        <v>209133518.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>