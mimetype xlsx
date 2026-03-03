--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -560,51 +560,51 @@
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10">
         <v>2024.0</v>
       </c>
       <c r="C10">
         <v>1535.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11">
         <v>2025.0</v>
       </c>
       <c r="C11">
-        <v>1167.0</v>
+        <v>1442.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>6</v>
       </c>
       <c r="B12">
         <v>2016.0</v>
       </c>
       <c r="C12">
         <v>3549.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>6</v>
       </c>
       <c r="B13">
         <v>2017.0</v>
@@ -700,51 +700,51 @@
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20">
         <v>2024.0</v>
       </c>
       <c r="C20">
         <v>2258.0</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21">
         <v>2025.0</v>
       </c>
       <c r="C21">
-        <v>2234.0</v>
+        <v>2593.0</v>
       </c>
       <c r="D21" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22">
         <v>2016.0</v>
       </c>
       <c r="C22">
         <v>1644.0</v>
       </c>
       <c r="D22" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>7</v>
       </c>
       <c r="B23">
         <v>2017.0</v>
@@ -840,51 +840,51 @@
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>7</v>
       </c>
       <c r="B30">
         <v>2024.0</v>
       </c>
       <c r="C30">
         <v>786.0</v>
       </c>
       <c r="D30" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>7</v>
       </c>
       <c r="B31">
         <v>2025.0</v>
       </c>
       <c r="C31">
-        <v>847.0</v>
+        <v>883.0</v>
       </c>
       <c r="D31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32">
         <v>2016.0</v>
       </c>
       <c r="D32" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33">
         <v>2017.0</v>
       </c>
       <c r="D33" t="s">
         <v>5</v>
@@ -965,51 +965,51 @@
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40">
         <v>2024.0</v>
       </c>
       <c r="C40">
         <v>183.0</v>
       </c>
       <c r="D40" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41">
         <v>2025.0</v>
       </c>
       <c r="C41">
-        <v>158.0</v>
+        <v>196.0</v>
       </c>
       <c r="D41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>9</v>
       </c>
       <c r="B42">
         <v>2016.0</v>
       </c>
       <c r="C42">
         <v>316.0</v>
       </c>
       <c r="D42" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>9</v>
       </c>
       <c r="B43">
         <v>2017.0</v>
@@ -1245,51 +1245,51 @@
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>10</v>
       </c>
       <c r="B60">
         <v>2024.0</v>
       </c>
       <c r="C60">
         <v>4457.0</v>
       </c>
       <c r="D60" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>10</v>
       </c>
       <c r="B61">
         <v>2025.0</v>
       </c>
       <c r="C61">
-        <v>4919.0</v>
+        <v>5209.0</v>
       </c>
       <c r="D61" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>11</v>
       </c>
       <c r="B62">
         <v>2016.0</v>
       </c>
       <c r="C62">
         <v>22.0</v>
       </c>
       <c r="D62" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>11</v>
       </c>
       <c r="B63">
         <v>2017.0</v>
@@ -1525,51 +1525,51 @@
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>12</v>
       </c>
       <c r="B80">
         <v>2024.0</v>
       </c>
       <c r="C80">
         <v>10635.0</v>
       </c>
       <c r="D80" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>12</v>
       </c>
       <c r="B81">
         <v>2025.0</v>
       </c>
       <c r="C81">
-        <v>9158.0</v>
+        <v>9611.0</v>
       </c>
       <c r="D81" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>13</v>
       </c>
       <c r="B82">
         <v>2016.0</v>
       </c>
       <c r="C82">
         <v>7730.0</v>
       </c>
       <c r="D82" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>13</v>
       </c>
       <c r="B83">
         <v>2017.0</v>