--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -413,51 +413,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D139"/>
+  <dimension ref="A1:D145"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2">
         <v>2023</v>
       </c>
@@ -1893,410 +1893,410 @@
         <v>17</v>
       </c>
       <c r="C104" t="s">
         <v>5</v>
       </c>
       <c r="D104">
         <v>519</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105">
         <v>2023</v>
       </c>
       <c r="B105" t="s">
         <v>17</v>
       </c>
       <c r="C105" t="s">
         <v>6</v>
       </c>
       <c r="D105">
         <v>138</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="B106" t="s">
         <v>7</v>
       </c>
       <c r="C106" t="s">
         <v>5</v>
       </c>
       <c r="D106">
-        <v>192</v>
+        <v>202</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="B107" t="s">
         <v>7</v>
       </c>
       <c r="C107" t="s">
         <v>6</v>
       </c>
       <c r="D107">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="B108" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C108" t="s">
         <v>5</v>
       </c>
       <c r="D108">
-        <v>187</v>
+        <v>179</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="B109" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C109" t="s">
         <v>6</v>
       </c>
       <c r="D109">
-        <v>27</v>
+        <v>37</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="B110" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>5</v>
       </c>
       <c r="D110">
-        <v>197</v>
+        <v>264</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111">
-        <v>2025</v>
+        <v>2024</v>
       </c>
       <c r="B111" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>6</v>
       </c>
       <c r="D111">
-        <v>34</v>
+        <v>58</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112">
         <v>2024</v>
       </c>
       <c r="B112" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C112" t="s">
         <v>5</v>
       </c>
       <c r="D112">
-        <v>202</v>
+        <v>210</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113">
         <v>2024</v>
       </c>
       <c r="B113" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="C113" t="s">
         <v>6</v>
       </c>
       <c r="D113">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114">
         <v>2024</v>
       </c>
       <c r="B114" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C114" t="s">
         <v>5</v>
       </c>
       <c r="D114">
-        <v>179</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115">
         <v>2024</v>
       </c>
       <c r="B115" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C115" t="s">
         <v>6</v>
       </c>
       <c r="D115">
-        <v>37</v>
+        <v>204</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116">
         <v>2024</v>
       </c>
       <c r="B116" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C116" t="s">
         <v>5</v>
       </c>
       <c r="D116">
-        <v>264</v>
+        <v>198</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117">
         <v>2024</v>
       </c>
       <c r="B117" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="C117" t="s">
         <v>6</v>
       </c>
       <c r="D117">
-        <v>58</v>
+        <v>32</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118">
         <v>2024</v>
       </c>
       <c r="B118" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C118" t="s">
         <v>5</v>
       </c>
       <c r="D118">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119">
         <v>2024</v>
       </c>
       <c r="B119" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C119" t="s">
         <v>6</v>
       </c>
       <c r="D119">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120">
         <v>2024</v>
       </c>
       <c r="B120" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C120" t="s">
         <v>5</v>
       </c>
       <c r="D120">
-        <v>1554</v>
+        <v>176</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121">
         <v>2024</v>
       </c>
       <c r="B121" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C121" t="s">
         <v>6</v>
       </c>
       <c r="D121">
-        <v>204</v>
+        <v>55</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B122" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C122" t="s">
         <v>5</v>
       </c>
       <c r="D122">
-        <v>198</v>
+        <v>223</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B123" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="C123" t="s">
         <v>6</v>
       </c>
       <c r="D123">
-        <v>32</v>
+        <v>30</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B124" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C124" t="s">
         <v>5</v>
       </c>
       <c r="D124">
-        <v>250</v>
+        <v>296</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B125" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C125" t="s">
         <v>6</v>
       </c>
       <c r="D125">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B126" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C126" t="s">
         <v>5</v>
       </c>
       <c r="D126">
-        <v>176</v>
+        <v>213</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B127" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="C127" t="s">
         <v>6</v>
       </c>
       <c r="D127">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128">
         <v>2025</v>
       </c>
       <c r="B128" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C128" t="s">
         <v>5</v>
       </c>
       <c r="D128">
-        <v>204</v>
+        <v>230</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129">
         <v>2025</v>
       </c>
       <c r="B129" t="s">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="C129" t="s">
         <v>6</v>
       </c>
       <c r="D129">
-        <v>35</v>
+        <v>31</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130">
         <v>2025</v>
       </c>
       <c r="B130" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C130" t="s">
         <v>5</v>
       </c>
       <c r="D130">
-        <v>230</v>
+        <v>192</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131">
         <v>2025</v>
       </c>
       <c r="B131" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="C131" t="s">
         <v>6</v>
       </c>
       <c r="D131">
-        <v>31</v>
+        <v>22</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132">
         <v>2025</v>
       </c>
       <c r="B132" t="s">
         <v>8</v>
       </c>
       <c r="C132" t="s">
         <v>5</v>
       </c>
       <c r="D132">
         <v>320</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133">
         <v>2025</v>
       </c>
       <c r="B133" t="s">
         <v>8</v>
       </c>
       <c r="C133" t="s">
         <v>6</v>
@@ -2316,99 +2316,183 @@
         <v>5</v>
       </c>
       <c r="D134">
         <v>285</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135">
         <v>2025</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>6</v>
       </c>
       <c r="D135">
         <v>29</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136">
         <v>2025</v>
       </c>
       <c r="B136" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C136" t="s">
         <v>5</v>
       </c>
       <c r="D136">
-        <v>230</v>
+        <v>187</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137">
         <v>2025</v>
       </c>
       <c r="B137" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C137" t="s">
         <v>6</v>
       </c>
       <c r="D137">
-        <v>37</v>
+        <v>27</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138">
         <v>2025</v>
       </c>
       <c r="B138" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C138" t="s">
         <v>5</v>
       </c>
       <c r="D138">
-        <v>223</v>
+        <v>197</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139">
         <v>2025</v>
       </c>
       <c r="B139" t="s">
-        <v>14</v>
+        <v>11</v>
       </c>
       <c r="C139" t="s">
         <v>6</v>
       </c>
       <c r="D139">
-        <v>30</v>
+        <v>34</v>
+      </c>
+    </row>
+    <row r="140" spans="1:4">
+      <c r="A140">
+        <v>2025</v>
+      </c>
+      <c r="B140" t="s">
+        <v>17</v>
+      </c>
+      <c r="C140" t="s">
+        <v>5</v>
+      </c>
+      <c r="D140">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="141" spans="1:4">
+      <c r="A141">
+        <v>2025</v>
+      </c>
+      <c r="B141" t="s">
+        <v>17</v>
+      </c>
+      <c r="C141" t="s">
+        <v>6</v>
+      </c>
+      <c r="D141">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="142" spans="1:4">
+      <c r="A142">
+        <v>2025</v>
+      </c>
+      <c r="B142" t="s">
+        <v>12</v>
+      </c>
+      <c r="C142" t="s">
+        <v>5</v>
+      </c>
+      <c r="D142">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="143" spans="1:4">
+      <c r="A143">
+        <v>2025</v>
+      </c>
+      <c r="B143" t="s">
+        <v>12</v>
+      </c>
+      <c r="C143" t="s">
+        <v>6</v>
+      </c>
+      <c r="D143">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="144" spans="1:4">
+      <c r="A144">
+        <v>2025</v>
+      </c>
+      <c r="B144" t="s">
+        <v>13</v>
+      </c>
+      <c r="C144" t="s">
+        <v>5</v>
+      </c>
+      <c r="D144">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="145" spans="1:4">
+      <c r="A145">
+        <v>2025</v>
+      </c>
+      <c r="B145" t="s">
+        <v>13</v>
+      </c>
+      <c r="C145" t="s">
+        <v>6</v>
+      </c>
+      <c r="D145">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>