--- v0 (2025-12-07)
+++ v1 (2026-03-03)
@@ -29,111 +29,111 @@
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>Año</t>
   </si>
   <si>
     <t>Mes</t>
   </si>
   <si>
     <t>Categoría</t>
   </si>
   <si>
     <t>Tipo</t>
   </si>
   <si>
     <t>Valor</t>
   </si>
   <si>
-    <t>Octubre</t>
+    <t>Enero</t>
   </si>
   <si>
     <t>Bienes de capital</t>
   </si>
   <si>
     <t>Vehículos, Maquinarias y Otros</t>
   </si>
   <si>
     <t>Bienes de consumo</t>
   </si>
   <si>
     <t>Durables</t>
   </si>
   <si>
     <t>Otros bienes de consumo</t>
   </si>
   <si>
     <t>Semidurables</t>
   </si>
   <si>
     <t>Bienes intermedios</t>
   </si>
   <si>
     <t>Productos energéticos</t>
   </si>
   <si>
     <t>Resto bienes intermedios</t>
   </si>
   <si>
+    <t>Diciembre</t>
+  </si>
+  <si>
+    <t>Noviembre</t>
+  </si>
+  <si>
+    <t>Octubre</t>
+  </si>
+  <si>
     <t>Septiembre</t>
   </si>
   <si>
     <t>Agosto</t>
   </si>
   <si>
     <t>Julio</t>
   </si>
   <si>
     <t>Junio</t>
   </si>
   <si>
     <t>Mayo</t>
   </si>
   <si>
     <t>Abril</t>
   </si>
   <si>
     <t>Marzo</t>
   </si>
   <si>
     <t>Febrero</t>
-  </si>
-[...7 lines deleted...]
-    <t>Noviembre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -437,15780 +437,16086 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E925"/>
+  <dimension ref="A1:E943"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
       <c r="E2">
-        <v>2108.8</v>
+        <v>1701.6</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B3" t="s">
         <v>5</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
-        <v>698.4</v>
+        <v>691.7</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B4" t="s">
         <v>5</v>
       </c>
       <c r="C4" t="s">
         <v>8</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4">
-        <v>901.9</v>
+        <v>751.0</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B5" t="s">
         <v>5</v>
       </c>
       <c r="C5" t="s">
         <v>8</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5">
-        <v>624.7</v>
+        <v>609.0</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B6" t="s">
         <v>5</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6">
-        <v>1019.0</v>
+        <v>871.7</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B7" t="s">
         <v>5</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7">
-        <v>3229.8</v>
+        <v>2736.2</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8">
         <v>2025</v>
       </c>
       <c r="B8" t="s">
         <v>15</v>
       </c>
       <c r="C8" t="s">
         <v>6</v>
       </c>
       <c r="D8" t="s">
         <v>7</v>
       </c>
       <c r="E8">
-        <v>1881.1</v>
+        <v>1882.6</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9">
         <v>2025</v>
       </c>
       <c r="B9" t="s">
         <v>15</v>
       </c>
       <c r="C9" t="s">
         <v>8</v>
       </c>
       <c r="D9" t="s">
         <v>9</v>
       </c>
       <c r="E9">
-        <v>635.1</v>
+        <v>698.6</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10">
         <v>2025</v>
       </c>
       <c r="B10" t="s">
         <v>15</v>
       </c>
       <c r="C10" t="s">
         <v>8</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10">
-        <v>886.5</v>
+        <v>916.8</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11">
         <v>2025</v>
       </c>
       <c r="B11" t="s">
         <v>15</v>
       </c>
       <c r="C11" t="s">
         <v>8</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11">
-        <v>630.4</v>
+        <v>646.3</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12">
         <v>2025</v>
       </c>
       <c r="B12" t="s">
         <v>15</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12">
-        <v>1021.2</v>
+        <v>1096.7</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13">
         <v>2025</v>
       </c>
       <c r="B13" t="s">
         <v>15</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>14</v>
       </c>
       <c r="E13">
-        <v>2978.2</v>
+        <v>3028.3</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14">
         <v>2025</v>
       </c>
       <c r="B14" t="s">
         <v>16</v>
       </c>
       <c r="C14" t="s">
         <v>6</v>
       </c>
       <c r="D14" t="s">
         <v>7</v>
       </c>
       <c r="E14">
-        <v>1803.3</v>
+        <v>1702.7</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15">
         <v>2025</v>
       </c>
       <c r="B15" t="s">
         <v>16</v>
       </c>
       <c r="C15" t="s">
         <v>8</v>
       </c>
       <c r="D15" t="s">
         <v>9</v>
       </c>
       <c r="E15">
-        <v>607.8</v>
+        <v>661.0</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16">
         <v>2025</v>
       </c>
       <c r="B16" t="s">
         <v>16</v>
       </c>
       <c r="C16" t="s">
         <v>8</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16">
-        <v>843.7</v>
+        <v>802.1</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17">
         <v>2025</v>
       </c>
       <c r="B17" t="s">
         <v>16</v>
       </c>
       <c r="C17" t="s">
         <v>8</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17">
-        <v>576.2</v>
+        <v>458.0</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18">
         <v>2025</v>
       </c>
       <c r="B18" t="s">
         <v>16</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18">
-        <v>860.4</v>
+        <v>1014.4</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19">
         <v>2025</v>
       </c>
       <c r="B19" t="s">
         <v>16</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>14</v>
       </c>
       <c r="E19">
-        <v>2788.2</v>
+        <v>2451.7</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20">
         <v>2025</v>
       </c>
       <c r="B20" t="s">
         <v>17</v>
       </c>
       <c r="C20" t="s">
         <v>6</v>
       </c>
       <c r="D20" t="s">
         <v>7</v>
       </c>
       <c r="E20">
-        <v>1941.9</v>
+        <v>2108.8</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21">
         <v>2025</v>
       </c>
       <c r="B21" t="s">
         <v>17</v>
       </c>
       <c r="C21" t="s">
         <v>8</v>
       </c>
       <c r="D21" t="s">
         <v>9</v>
       </c>
       <c r="E21">
-        <v>684.8</v>
+        <v>698.4</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22">
         <v>2025</v>
       </c>
       <c r="B22" t="s">
         <v>17</v>
       </c>
       <c r="C22" t="s">
         <v>8</v>
       </c>
       <c r="D22" t="s">
         <v>10</v>
       </c>
       <c r="E22">
-        <v>940.7</v>
+        <v>901.9</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23">
         <v>2025</v>
       </c>
       <c r="B23" t="s">
         <v>17</v>
       </c>
       <c r="C23" t="s">
         <v>8</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23">
-        <v>683.0</v>
+        <v>624.7</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24">
         <v>2025</v>
       </c>
       <c r="B24" t="s">
         <v>17</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24">
-        <v>1409.8</v>
+        <v>1019.0</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25">
         <v>2025</v>
       </c>
       <c r="B25" t="s">
         <v>17</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>14</v>
       </c>
       <c r="E25">
-        <v>3167.6</v>
+        <v>3229.8</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26">
         <v>2025</v>
       </c>
       <c r="B26" t="s">
         <v>18</v>
       </c>
       <c r="C26" t="s">
         <v>6</v>
       </c>
       <c r="D26" t="s">
         <v>7</v>
       </c>
       <c r="E26">
-        <v>1583.0</v>
+        <v>1876.1</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27">
         <v>2025</v>
       </c>
       <c r="B27" t="s">
         <v>18</v>
       </c>
       <c r="C27" t="s">
         <v>8</v>
       </c>
       <c r="D27" t="s">
         <v>9</v>
       </c>
       <c r="E27">
-        <v>615.6</v>
+        <v>635.1</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28">
         <v>2025</v>
       </c>
       <c r="B28" t="s">
         <v>18</v>
       </c>
       <c r="C28" t="s">
         <v>8</v>
       </c>
       <c r="D28" t="s">
         <v>10</v>
       </c>
       <c r="E28">
-        <v>823.0</v>
+        <v>886.5</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29">
         <v>2025</v>
       </c>
       <c r="B29" t="s">
         <v>18</v>
       </c>
       <c r="C29" t="s">
         <v>8</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29">
-        <v>590.8</v>
+        <v>657.4</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30">
         <v>2025</v>
       </c>
       <c r="B30" t="s">
         <v>18</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30">
-        <v>1137.7</v>
+        <v>1014.5</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31">
         <v>2025</v>
       </c>
       <c r="B31" t="s">
         <v>18</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
         <v>14</v>
       </c>
       <c r="E31">
-        <v>2752.4</v>
+        <v>2978.2</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32">
         <v>2025</v>
       </c>
       <c r="B32" t="s">
         <v>19</v>
       </c>
       <c r="C32" t="s">
         <v>6</v>
       </c>
       <c r="D32" t="s">
         <v>7</v>
       </c>
       <c r="E32">
-        <v>1740.3</v>
+        <v>1803.3</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33">
         <v>2025</v>
       </c>
       <c r="B33" t="s">
         <v>19</v>
       </c>
       <c r="C33" t="s">
         <v>8</v>
       </c>
       <c r="D33" t="s">
         <v>9</v>
       </c>
       <c r="E33">
-        <v>635.8</v>
+        <v>607.8</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34">
         <v>2025</v>
       </c>
       <c r="B34" t="s">
         <v>19</v>
       </c>
       <c r="C34" t="s">
         <v>8</v>
       </c>
       <c r="D34" t="s">
         <v>10</v>
       </c>
       <c r="E34">
-        <v>851.4</v>
+        <v>843.7</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35">
         <v>2025</v>
       </c>
       <c r="B35" t="s">
         <v>19</v>
       </c>
       <c r="C35" t="s">
         <v>8</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35">
-        <v>485.4</v>
+        <v>576.2</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36">
         <v>2025</v>
       </c>
       <c r="B36" t="s">
         <v>19</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36">
-        <v>875.4</v>
+        <v>872.2</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37">
         <v>2025</v>
       </c>
       <c r="B37" t="s">
         <v>19</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37" t="s">
         <v>14</v>
       </c>
       <c r="E37">
-        <v>2867.9</v>
+        <v>2767.5</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38">
         <v>2025</v>
       </c>
       <c r="B38" t="s">
         <v>20</v>
       </c>
       <c r="C38" t="s">
         <v>6</v>
       </c>
       <c r="D38" t="s">
         <v>7</v>
       </c>
       <c r="E38">
-        <v>1558.0</v>
+        <v>1935.9</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39">
         <v>2025</v>
       </c>
       <c r="B39" t="s">
         <v>20</v>
       </c>
       <c r="C39" t="s">
         <v>8</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
       <c r="E39">
-        <v>689.2</v>
+        <v>684.8</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40">
         <v>2025</v>
       </c>
       <c r="B40" t="s">
         <v>20</v>
       </c>
       <c r="C40" t="s">
         <v>8</v>
       </c>
       <c r="D40" t="s">
         <v>10</v>
       </c>
       <c r="E40">
-        <v>856.9</v>
+        <v>938.6</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41">
         <v>2025</v>
       </c>
       <c r="B41" t="s">
         <v>20</v>
       </c>
       <c r="C41" t="s">
         <v>8</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41">
-        <v>457.8</v>
+        <v>692.2</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42">
         <v>2025</v>
       </c>
       <c r="B42" t="s">
         <v>20</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42">
-        <v>1304.2</v>
+        <v>1423.8</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43">
         <v>2025</v>
       </c>
       <c r="B43" t="s">
         <v>20</v>
       </c>
       <c r="C43" t="s">
         <v>12</v>
       </c>
       <c r="D43" t="s">
         <v>14</v>
       </c>
       <c r="E43">
-        <v>2703.9</v>
+        <v>3170.8</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44">
         <v>2025</v>
       </c>
       <c r="B44" t="s">
         <v>21</v>
       </c>
       <c r="C44" t="s">
         <v>6</v>
       </c>
       <c r="D44" t="s">
         <v>7</v>
       </c>
       <c r="E44">
-        <v>1493.5</v>
+        <v>1696.4</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45">
         <v>2025</v>
       </c>
       <c r="B45" t="s">
         <v>21</v>
       </c>
       <c r="C45" t="s">
         <v>8</v>
       </c>
       <c r="D45" t="s">
         <v>9</v>
       </c>
       <c r="E45">
-        <v>725.2</v>
+        <v>603.0</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46">
         <v>2025</v>
       </c>
       <c r="B46" t="s">
         <v>21</v>
       </c>
       <c r="C46" t="s">
         <v>8</v>
       </c>
       <c r="D46" t="s">
         <v>10</v>
       </c>
       <c r="E46">
-        <v>837.2</v>
+        <v>823.0</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47">
         <v>2025</v>
       </c>
       <c r="B47" t="s">
         <v>21</v>
       </c>
       <c r="C47" t="s">
         <v>8</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47">
-        <v>631.6</v>
+        <v>590.5</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48">
         <v>2025</v>
       </c>
       <c r="B48" t="s">
         <v>21</v>
       </c>
       <c r="C48" t="s">
         <v>12</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48">
-        <v>1080.5</v>
+        <v>1143.2</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49">
         <v>2025</v>
       </c>
       <c r="B49" t="s">
         <v>21</v>
       </c>
       <c r="C49" t="s">
         <v>12</v>
       </c>
       <c r="D49" t="s">
         <v>14</v>
       </c>
       <c r="E49">
-        <v>2640.2</v>
+        <v>2752.4</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50">
         <v>2025</v>
       </c>
       <c r="B50" t="s">
         <v>22</v>
       </c>
       <c r="C50" t="s">
         <v>6</v>
       </c>
       <c r="D50" t="s">
         <v>7</v>
       </c>
       <c r="E50">
-        <v>1286.9</v>
+        <v>1806.6</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51">
         <v>2025</v>
       </c>
       <c r="B51" t="s">
         <v>22</v>
       </c>
       <c r="C51" t="s">
         <v>8</v>
       </c>
       <c r="D51" t="s">
         <v>9</v>
       </c>
       <c r="E51">
-        <v>557.9</v>
+        <v>635.8</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52">
         <v>2025</v>
       </c>
       <c r="B52" t="s">
         <v>22</v>
       </c>
       <c r="C52" t="s">
         <v>8</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52">
-        <v>718.9</v>
+        <v>848.0</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53">
         <v>2025</v>
       </c>
       <c r="B53" t="s">
         <v>22</v>
       </c>
       <c r="C53" t="s">
         <v>8</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53">
-        <v>606.7</v>
+        <v>508.1</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54">
         <v>2025</v>
       </c>
       <c r="B54" t="s">
         <v>22</v>
       </c>
       <c r="C54" t="s">
         <v>12</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54">
-        <v>1069.7</v>
+        <v>875.4</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55">
         <v>2025</v>
       </c>
       <c r="B55" t="s">
         <v>22</v>
       </c>
       <c r="C55" t="s">
         <v>12</v>
       </c>
       <c r="D55" t="s">
         <v>14</v>
       </c>
       <c r="E55">
-        <v>2420.7</v>
+        <v>2867.9</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56">
         <v>2025</v>
       </c>
       <c r="B56" t="s">
         <v>23</v>
       </c>
       <c r="C56" t="s">
         <v>6</v>
       </c>
       <c r="D56" t="s">
         <v>7</v>
       </c>
       <c r="E56">
-        <v>1526.6</v>
+        <v>1558.0</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57">
         <v>2025</v>
       </c>
       <c r="B57" t="s">
         <v>23</v>
       </c>
       <c r="C57" t="s">
         <v>8</v>
       </c>
       <c r="D57" t="s">
         <v>9</v>
       </c>
       <c r="E57">
-        <v>666.7</v>
+        <v>680.2</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58">
         <v>2025</v>
       </c>
       <c r="B58" t="s">
         <v>23</v>
       </c>
       <c r="C58" t="s">
         <v>8</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58">
-        <v>837.8</v>
+        <v>856.9</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59">
         <v>2025</v>
       </c>
       <c r="B59" t="s">
         <v>23</v>
       </c>
       <c r="C59" t="s">
         <v>8</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59">
-        <v>570.0</v>
+        <v>457.7</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60">
         <v>2025</v>
       </c>
       <c r="B60" t="s">
         <v>23</v>
       </c>
       <c r="C60" t="s">
         <v>12</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60">
-        <v>1217.9</v>
+        <v>1255.3</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61">
         <v>2025</v>
       </c>
       <c r="B61" t="s">
         <v>23</v>
       </c>
       <c r="C61" t="s">
         <v>12</v>
       </c>
       <c r="D61" t="s">
         <v>14</v>
       </c>
       <c r="E61">
-        <v>2785.4</v>
+        <v>2706.6</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B62" t="s">
         <v>24</v>
       </c>
       <c r="C62" t="s">
         <v>6</v>
       </c>
       <c r="D62" t="s">
         <v>7</v>
       </c>
       <c r="E62">
-        <v>1747.6</v>
+        <v>1492.9</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B63" t="s">
         <v>24</v>
       </c>
       <c r="C63" t="s">
         <v>8</v>
       </c>
       <c r="D63" t="s">
         <v>9</v>
       </c>
       <c r="E63">
-        <v>627.0</v>
+        <v>740.8</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B64" t="s">
         <v>24</v>
       </c>
       <c r="C64" t="s">
         <v>8</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64">
-        <v>841.5</v>
+        <v>833.2</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B65" t="s">
         <v>24</v>
       </c>
       <c r="C65" t="s">
         <v>8</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65">
-        <v>596.8</v>
+        <v>631.6</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B66" t="s">
         <v>24</v>
       </c>
       <c r="C66" t="s">
         <v>12</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66">
-        <v>988.3</v>
+        <v>992.6</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B67" t="s">
         <v>24</v>
       </c>
       <c r="C67" t="s">
         <v>12</v>
       </c>
       <c r="D67" t="s">
         <v>14</v>
       </c>
       <c r="E67">
-        <v>2943.6</v>
+        <v>2640.2</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B68" t="s">
         <v>25</v>
       </c>
       <c r="C68" t="s">
         <v>6</v>
       </c>
       <c r="D68" t="s">
         <v>7</v>
       </c>
       <c r="E68">
-        <v>1395.6</v>
+        <v>1287.0</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B69" t="s">
         <v>25</v>
       </c>
       <c r="C69" t="s">
         <v>8</v>
       </c>
       <c r="D69" t="s">
         <v>9</v>
       </c>
       <c r="E69">
-        <v>627.6</v>
+        <v>557.9</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B70" t="s">
         <v>25</v>
       </c>
       <c r="C70" t="s">
         <v>8</v>
       </c>
       <c r="D70" t="s">
         <v>10</v>
       </c>
       <c r="E70">
-        <v>829.8</v>
+        <v>718.9</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B71" t="s">
         <v>25</v>
       </c>
       <c r="C71" t="s">
         <v>8</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71">
-        <v>537.3</v>
+        <v>596.9</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B72" t="s">
         <v>25</v>
       </c>
       <c r="C72" t="s">
         <v>12</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72">
-        <v>1019.7</v>
+        <v>1178.8</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B73" t="s">
         <v>25</v>
       </c>
       <c r="C73" t="s">
         <v>12</v>
       </c>
       <c r="D73" t="s">
         <v>14</v>
       </c>
       <c r="E73">
-        <v>2692.7</v>
+        <v>2420.7</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B74" t="s">
         <v>5</v>
       </c>
       <c r="C74" t="s">
         <v>6</v>
       </c>
       <c r="D74" t="s">
         <v>7</v>
       </c>
       <c r="E74">
-        <v>1616.9</v>
+        <v>1527.5</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B75" t="s">
         <v>5</v>
       </c>
       <c r="C75" t="s">
         <v>8</v>
       </c>
       <c r="D75" t="s">
         <v>9</v>
       </c>
       <c r="E75">
-        <v>693.4</v>
+        <v>682.5</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B76" t="s">
         <v>5</v>
       </c>
       <c r="C76" t="s">
         <v>8</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76">
-        <v>841.9</v>
+        <v>839.5</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B77" t="s">
         <v>5</v>
       </c>
       <c r="C77" t="s">
         <v>8</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77">
-        <v>536.4</v>
+        <v>608.5</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B78" t="s">
         <v>5</v>
       </c>
       <c r="C78" t="s">
         <v>12</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78">
-        <v>1177.7</v>
+        <v>1213.2</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="B79" t="s">
         <v>5</v>
       </c>
       <c r="C79" t="s">
         <v>12</v>
       </c>
       <c r="D79" t="s">
         <v>14</v>
       </c>
       <c r="E79">
-        <v>2820.8</v>
+        <v>2781.6</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80">
         <v>2024</v>
       </c>
       <c r="B80" t="s">
         <v>15</v>
       </c>
       <c r="C80" t="s">
         <v>6</v>
       </c>
       <c r="D80" t="s">
         <v>7</v>
       </c>
       <c r="E80">
-        <v>1433.6</v>
+        <v>1747.6</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81">
         <v>2024</v>
       </c>
       <c r="B81" t="s">
         <v>15</v>
       </c>
       <c r="C81" t="s">
         <v>8</v>
       </c>
       <c r="D81" t="s">
         <v>9</v>
       </c>
       <c r="E81">
-        <v>623.0</v>
+        <v>627.0</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82">
         <v>2024</v>
       </c>
       <c r="B82" t="s">
         <v>15</v>
       </c>
       <c r="C82" t="s">
         <v>8</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82">
-        <v>740.6</v>
+        <v>841.5</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83">
         <v>2024</v>
       </c>
       <c r="B83" t="s">
         <v>15</v>
       </c>
       <c r="C83" t="s">
         <v>8</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83">
-        <v>529.4</v>
+        <v>541.3</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84">
         <v>2024</v>
       </c>
       <c r="B84" t="s">
         <v>15</v>
       </c>
       <c r="C84" t="s">
         <v>12</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
       <c r="E84">
-        <v>885.8</v>
+        <v>986.7</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85">
         <v>2024</v>
       </c>
       <c r="B85" t="s">
         <v>15</v>
       </c>
       <c r="C85" t="s">
         <v>12</v>
       </c>
       <c r="D85" t="s">
         <v>14</v>
       </c>
       <c r="E85">
-        <v>2328.6</v>
+        <v>2943.6</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86">
         <v>2024</v>
       </c>
       <c r="B86" t="s">
         <v>16</v>
       </c>
       <c r="C86" t="s">
         <v>6</v>
       </c>
       <c r="D86" t="s">
         <v>7</v>
       </c>
       <c r="E86">
-        <v>1417.3</v>
+        <v>1395.6</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87">
         <v>2024</v>
       </c>
       <c r="B87" t="s">
         <v>16</v>
       </c>
       <c r="C87" t="s">
         <v>8</v>
       </c>
       <c r="D87" t="s">
         <v>9</v>
       </c>
       <c r="E87">
-        <v>585.3</v>
+        <v>599.1</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88">
         <v>2024</v>
       </c>
       <c r="B88" t="s">
         <v>16</v>
       </c>
       <c r="C88" t="s">
         <v>8</v>
       </c>
       <c r="D88" t="s">
         <v>10</v>
       </c>
       <c r="E88">
-        <v>873.5</v>
+        <v>829.8</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89">
         <v>2024</v>
       </c>
       <c r="B89" t="s">
         <v>16</v>
       </c>
       <c r="C89" t="s">
         <v>8</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89">
-        <v>555.7</v>
+        <v>537.3</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90">
         <v>2024</v>
       </c>
       <c r="B90" t="s">
         <v>16</v>
       </c>
       <c r="C90" t="s">
         <v>12</v>
       </c>
       <c r="D90" t="s">
         <v>13</v>
       </c>
       <c r="E90">
-        <v>1204.3</v>
+        <v>1019.7</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91">
         <v>2024</v>
       </c>
       <c r="B91" t="s">
         <v>16</v>
       </c>
       <c r="C91" t="s">
         <v>12</v>
       </c>
       <c r="D91" t="s">
         <v>14</v>
       </c>
       <c r="E91">
-        <v>2771.7</v>
+        <v>2692.7</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92">
         <v>2024</v>
       </c>
       <c r="B92" t="s">
         <v>17</v>
       </c>
       <c r="C92" t="s">
         <v>6</v>
       </c>
       <c r="D92" t="s">
         <v>7</v>
       </c>
       <c r="E92">
-        <v>1446.0</v>
+        <v>1609.7</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93">
         <v>2024</v>
       </c>
       <c r="B93" t="s">
         <v>17</v>
       </c>
       <c r="C93" t="s">
         <v>8</v>
       </c>
       <c r="D93" t="s">
         <v>9</v>
       </c>
       <c r="E93">
-        <v>583.4</v>
+        <v>693.4</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94">
         <v>2024</v>
       </c>
       <c r="B94" t="s">
         <v>17</v>
       </c>
       <c r="C94" t="s">
         <v>8</v>
       </c>
       <c r="D94" t="s">
         <v>10</v>
       </c>
       <c r="E94">
-        <v>893.5</v>
+        <v>844.7</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95">
         <v>2024</v>
       </c>
       <c r="B95" t="s">
         <v>17</v>
       </c>
       <c r="C95" t="s">
         <v>8</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95">
-        <v>523.8</v>
+        <v>561.0</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96">
         <v>2024</v>
       </c>
       <c r="B96" t="s">
         <v>17</v>
       </c>
       <c r="C96" t="s">
         <v>12</v>
       </c>
       <c r="D96" t="s">
         <v>13</v>
       </c>
       <c r="E96">
-        <v>1423.3</v>
+        <v>1177.7</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97">
         <v>2024</v>
       </c>
       <c r="B97" t="s">
         <v>17</v>
       </c>
       <c r="C97" t="s">
         <v>12</v>
       </c>
       <c r="D97" t="s">
         <v>14</v>
       </c>
       <c r="E97">
-        <v>2804.7</v>
+        <v>2820.8</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98">
         <v>2024</v>
       </c>
       <c r="B98" t="s">
         <v>18</v>
       </c>
       <c r="C98" t="s">
         <v>6</v>
       </c>
       <c r="D98" t="s">
         <v>7</v>
       </c>
       <c r="E98">
-        <v>1273.6</v>
+        <v>1434.0</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99">
         <v>2024</v>
       </c>
       <c r="B99" t="s">
         <v>18</v>
       </c>
       <c r="C99" t="s">
         <v>8</v>
       </c>
       <c r="D99" t="s">
         <v>9</v>
       </c>
       <c r="E99">
-        <v>506.1</v>
+        <v>623.0</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100">
         <v>2024</v>
       </c>
       <c r="B100" t="s">
         <v>18</v>
       </c>
       <c r="C100" t="s">
         <v>8</v>
       </c>
       <c r="D100" t="s">
         <v>10</v>
       </c>
       <c r="E100">
-        <v>694.5</v>
+        <v>740.6</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101">
         <v>2024</v>
       </c>
       <c r="B101" t="s">
         <v>18</v>
       </c>
       <c r="C101" t="s">
         <v>8</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101">
-        <v>464.4</v>
+        <v>508.6</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102">
         <v>2024</v>
       </c>
       <c r="B102" t="s">
         <v>18</v>
       </c>
       <c r="C102" t="s">
         <v>12</v>
       </c>
       <c r="D102" t="s">
         <v>13</v>
       </c>
       <c r="E102">
-        <v>1023.0</v>
+        <v>885.8</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103">
         <v>2024</v>
       </c>
       <c r="B103" t="s">
         <v>18</v>
       </c>
       <c r="C103" t="s">
         <v>12</v>
       </c>
       <c r="D103" t="s">
         <v>14</v>
       </c>
       <c r="E103">
-        <v>2192.9</v>
+        <v>2326.9</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104">
         <v>2024</v>
       </c>
       <c r="B104" t="s">
         <v>19</v>
       </c>
       <c r="C104" t="s">
         <v>6</v>
       </c>
       <c r="D104" t="s">
         <v>7</v>
       </c>
       <c r="E104">
-        <v>1329.3</v>
+        <v>1416.7</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105">
         <v>2024</v>
       </c>
       <c r="B105" t="s">
         <v>19</v>
       </c>
       <c r="C105" t="s">
         <v>8</v>
       </c>
       <c r="D105" t="s">
         <v>9</v>
       </c>
       <c r="E105">
-        <v>580.3</v>
+        <v>585.3</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106">
         <v>2024</v>
       </c>
       <c r="B106" t="s">
         <v>19</v>
       </c>
       <c r="C106" t="s">
         <v>8</v>
       </c>
       <c r="D106" t="s">
         <v>10</v>
       </c>
       <c r="E106">
-        <v>807.6</v>
+        <v>873.5</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107">
         <v>2024</v>
       </c>
       <c r="B107" t="s">
         <v>19</v>
       </c>
       <c r="C107" t="s">
         <v>8</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107">
-        <v>382.7</v>
+        <v>555.7</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108">
         <v>2024</v>
       </c>
       <c r="B108" t="s">
         <v>19</v>
       </c>
       <c r="C108" t="s">
         <v>12</v>
       </c>
       <c r="D108" t="s">
         <v>13</v>
       </c>
       <c r="E108">
-        <v>1336.5</v>
+        <v>1194.4</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109">
         <v>2024</v>
       </c>
       <c r="B109" t="s">
         <v>19</v>
       </c>
       <c r="C109" t="s">
         <v>12</v>
       </c>
       <c r="D109" t="s">
         <v>14</v>
       </c>
       <c r="E109">
-        <v>2517.1</v>
+        <v>2771.7</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110">
         <v>2024</v>
       </c>
       <c r="B110" t="s">
         <v>20</v>
       </c>
       <c r="C110" t="s">
         <v>6</v>
       </c>
       <c r="D110" t="s">
         <v>7</v>
       </c>
       <c r="E110">
-        <v>1394.4</v>
+        <v>1446.0</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111">
         <v>2024</v>
       </c>
       <c r="B111" t="s">
         <v>20</v>
       </c>
       <c r="C111" t="s">
         <v>8</v>
       </c>
       <c r="D111" t="s">
         <v>9</v>
       </c>
       <c r="E111">
-        <v>657.0</v>
+        <v>597.9</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112">
         <v>2024</v>
       </c>
       <c r="B112" t="s">
         <v>20</v>
       </c>
       <c r="C112" t="s">
         <v>8</v>
       </c>
       <c r="D112" t="s">
         <v>10</v>
       </c>
       <c r="E112">
-        <v>865.1</v>
+        <v>893.5</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113">
         <v>2024</v>
       </c>
       <c r="B113" t="s">
         <v>20</v>
       </c>
       <c r="C113" t="s">
         <v>8</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113">
-        <v>369.8</v>
+        <v>523.8</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114">
         <v>2024</v>
       </c>
       <c r="B114" t="s">
         <v>20</v>
       </c>
       <c r="C114" t="s">
         <v>12</v>
       </c>
       <c r="D114" t="s">
         <v>13</v>
       </c>
       <c r="E114">
-        <v>1342.1</v>
+        <v>1411.7</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115">
         <v>2024</v>
       </c>
       <c r="B115" t="s">
         <v>20</v>
       </c>
       <c r="C115" t="s">
         <v>12</v>
       </c>
       <c r="D115" t="s">
         <v>14</v>
       </c>
       <c r="E115">
-        <v>2458.3</v>
+        <v>2788.8</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116">
         <v>2024</v>
       </c>
       <c r="B116" t="s">
         <v>21</v>
       </c>
       <c r="C116" t="s">
         <v>6</v>
       </c>
       <c r="D116" t="s">
         <v>7</v>
       </c>
       <c r="E116">
-        <v>1289.7</v>
+        <v>1273.6</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117">
         <v>2024</v>
       </c>
       <c r="B117" t="s">
         <v>21</v>
       </c>
       <c r="C117" t="s">
         <v>8</v>
       </c>
       <c r="D117" t="s">
         <v>9</v>
       </c>
       <c r="E117">
-        <v>550.1</v>
+        <v>506.1</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118">
         <v>2024</v>
       </c>
       <c r="B118" t="s">
         <v>21</v>
       </c>
       <c r="C118" t="s">
         <v>8</v>
       </c>
       <c r="D118" t="s">
         <v>10</v>
       </c>
       <c r="E118">
-        <v>791.4</v>
+        <v>694.8</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119">
         <v>2024</v>
       </c>
       <c r="B119" t="s">
         <v>21</v>
       </c>
       <c r="C119" t="s">
         <v>8</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119">
-        <v>473.2</v>
+        <v>464.4</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120">
         <v>2024</v>
       </c>
       <c r="B120" t="s">
         <v>21</v>
       </c>
       <c r="C120" t="s">
         <v>12</v>
       </c>
       <c r="D120" t="s">
         <v>13</v>
       </c>
       <c r="E120">
-        <v>1152.0</v>
+        <v>1010.5</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121">
         <v>2024</v>
       </c>
       <c r="B121" t="s">
         <v>21</v>
       </c>
       <c r="C121" t="s">
         <v>12</v>
       </c>
       <c r="D121" t="s">
         <v>14</v>
       </c>
       <c r="E121">
-        <v>2295.5</v>
+        <v>2190.3</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122">
         <v>2024</v>
       </c>
       <c r="B122" t="s">
         <v>22</v>
       </c>
       <c r="C122" t="s">
         <v>6</v>
       </c>
       <c r="D122" t="s">
         <v>7</v>
       </c>
       <c r="E122">
-        <v>1046.8</v>
+        <v>1329.3</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123">
         <v>2024</v>
       </c>
       <c r="B123" t="s">
         <v>22</v>
       </c>
       <c r="C123" t="s">
         <v>8</v>
       </c>
       <c r="D123" t="s">
         <v>9</v>
       </c>
       <c r="E123">
-        <v>535.0</v>
+        <v>580.3</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124">
         <v>2024</v>
       </c>
       <c r="B124" t="s">
         <v>22</v>
       </c>
       <c r="C124" t="s">
         <v>8</v>
       </c>
       <c r="D124" t="s">
         <v>10</v>
       </c>
       <c r="E124">
-        <v>756.1</v>
+        <v>807.7</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125">
         <v>2024</v>
       </c>
       <c r="B125" t="s">
         <v>22</v>
       </c>
       <c r="C125" t="s">
         <v>8</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125">
-        <v>477.8</v>
+        <v>382.7</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126">
         <v>2024</v>
       </c>
       <c r="B126" t="s">
         <v>22</v>
       </c>
       <c r="C126" t="s">
         <v>12</v>
       </c>
       <c r="D126" t="s">
         <v>13</v>
       </c>
       <c r="E126">
-        <v>1465.6</v>
+        <v>1324.4</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127">
         <v>2024</v>
       </c>
       <c r="B127" t="s">
         <v>22</v>
       </c>
       <c r="C127" t="s">
         <v>12</v>
       </c>
       <c r="D127" t="s">
         <v>14</v>
       </c>
       <c r="E127">
-        <v>2167.9</v>
+        <v>2481.5</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128">
         <v>2024</v>
       </c>
       <c r="B128" t="s">
         <v>23</v>
       </c>
       <c r="C128" t="s">
         <v>6</v>
       </c>
       <c r="D128" t="s">
         <v>7</v>
       </c>
       <c r="E128">
-        <v>1320.8</v>
+        <v>1394.4</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129">
         <v>2024</v>
       </c>
       <c r="B129" t="s">
         <v>23</v>
       </c>
       <c r="C129" t="s">
         <v>8</v>
       </c>
       <c r="D129" t="s">
         <v>9</v>
       </c>
       <c r="E129">
-        <v>606.5</v>
+        <v>657.0</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130">
         <v>2024</v>
       </c>
       <c r="B130" t="s">
         <v>23</v>
       </c>
       <c r="C130" t="s">
         <v>8</v>
       </c>
       <c r="D130" t="s">
         <v>10</v>
       </c>
       <c r="E130">
-        <v>751.9</v>
+        <v>858.7</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131">
         <v>2024</v>
       </c>
       <c r="B131" t="s">
         <v>23</v>
       </c>
       <c r="C131" t="s">
         <v>8</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131">
-        <v>492.1</v>
+        <v>369.8</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132">
         <v>2024</v>
       </c>
       <c r="B132" t="s">
         <v>23</v>
       </c>
       <c r="C132" t="s">
         <v>12</v>
       </c>
       <c r="D132" t="s">
         <v>13</v>
       </c>
       <c r="E132">
-        <v>1277.3</v>
+        <v>1342.1</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133">
         <v>2024</v>
       </c>
       <c r="B133" t="s">
         <v>23</v>
       </c>
       <c r="C133" t="s">
         <v>12</v>
       </c>
       <c r="D133" t="s">
         <v>14</v>
       </c>
       <c r="E133">
-        <v>2592.5</v>
+        <v>2423.2</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B134" t="s">
         <v>24</v>
       </c>
       <c r="C134" t="s">
         <v>6</v>
       </c>
       <c r="D134" t="s">
         <v>7</v>
       </c>
       <c r="E134">
-        <v>1314.7</v>
+        <v>1288.6</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B135" t="s">
         <v>24</v>
       </c>
       <c r="C135" t="s">
         <v>8</v>
       </c>
       <c r="D135" t="s">
         <v>9</v>
       </c>
       <c r="E135">
-        <v>549.7</v>
+        <v>550.2</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B136" t="s">
         <v>24</v>
       </c>
       <c r="C136" t="s">
         <v>8</v>
       </c>
       <c r="D136" t="s">
         <v>10</v>
       </c>
       <c r="E136">
-        <v>716.0</v>
+        <v>791.2</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B137" t="s">
         <v>24</v>
       </c>
       <c r="C137" t="s">
         <v>8</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137">
-        <v>468.5</v>
+        <v>473.0</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B138" t="s">
         <v>24</v>
       </c>
       <c r="C138" t="s">
         <v>12</v>
       </c>
       <c r="D138" t="s">
         <v>13</v>
       </c>
       <c r="E138">
-        <v>982.2</v>
+        <v>1159.8</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B139" t="s">
         <v>24</v>
       </c>
       <c r="C139" t="s">
         <v>12</v>
       </c>
       <c r="D139" t="s">
         <v>14</v>
       </c>
       <c r="E139">
-        <v>2555.2</v>
+        <v>2297.4</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B140" t="s">
         <v>25</v>
       </c>
       <c r="C140" t="s">
         <v>6</v>
       </c>
       <c r="D140" t="s">
         <v>7</v>
       </c>
       <c r="E140">
-        <v>1322.4</v>
+        <v>1050.9</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B141" t="s">
         <v>25</v>
       </c>
       <c r="C141" t="s">
         <v>8</v>
       </c>
       <c r="D141" t="s">
         <v>9</v>
       </c>
       <c r="E141">
-        <v>630.4</v>
+        <v>534.9</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B142" t="s">
         <v>25</v>
       </c>
       <c r="C142" t="s">
         <v>8</v>
       </c>
       <c r="D142" t="s">
         <v>10</v>
       </c>
       <c r="E142">
-        <v>790.5</v>
+        <v>757.2</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B143" t="s">
         <v>25</v>
       </c>
       <c r="C143" t="s">
         <v>8</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143">
-        <v>459.9</v>
+        <v>477.7</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B144" t="s">
         <v>25</v>
       </c>
       <c r="C144" t="s">
         <v>12</v>
       </c>
       <c r="D144" t="s">
         <v>13</v>
       </c>
       <c r="E144">
-        <v>1301.6</v>
+        <v>1465.7</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B145" t="s">
         <v>25</v>
       </c>
       <c r="C145" t="s">
         <v>12</v>
       </c>
       <c r="D145" t="s">
         <v>14</v>
       </c>
       <c r="E145">
-        <v>2337.7</v>
+        <v>2166.5</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B146" t="s">
         <v>5</v>
       </c>
       <c r="C146" t="s">
         <v>6</v>
       </c>
       <c r="D146" t="s">
         <v>7</v>
       </c>
       <c r="E146">
-        <v>1468.9</v>
+        <v>1320.8</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B147" t="s">
         <v>5</v>
       </c>
       <c r="C147" t="s">
         <v>8</v>
       </c>
       <c r="D147" t="s">
         <v>9</v>
       </c>
       <c r="E147">
-        <v>621.3</v>
+        <v>606.5</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B148" t="s">
         <v>5</v>
       </c>
       <c r="C148" t="s">
         <v>8</v>
       </c>
       <c r="D148" t="s">
         <v>10</v>
       </c>
       <c r="E148">
-        <v>784.9</v>
+        <v>751.9</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B149" t="s">
         <v>5</v>
       </c>
       <c r="C149" t="s">
         <v>8</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149">
-        <v>510.2</v>
+        <v>488.7</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B150" t="s">
         <v>5</v>
       </c>
       <c r="C150" t="s">
         <v>12</v>
       </c>
       <c r="D150" t="s">
         <v>13</v>
       </c>
       <c r="E150">
-        <v>1638.3</v>
+        <v>1263.2</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="B151" t="s">
         <v>5</v>
       </c>
       <c r="C151" t="s">
         <v>12</v>
       </c>
       <c r="D151" t="s">
         <v>14</v>
       </c>
       <c r="E151">
-        <v>2588.5</v>
+        <v>2578.5</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152">
         <v>2023</v>
       </c>
       <c r="B152" t="s">
         <v>15</v>
       </c>
       <c r="C152" t="s">
         <v>6</v>
       </c>
       <c r="D152" t="s">
         <v>7</v>
       </c>
       <c r="E152">
-        <v>1394.3</v>
+        <v>1314.7</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153">
         <v>2023</v>
       </c>
       <c r="B153" t="s">
         <v>15</v>
       </c>
       <c r="C153" t="s">
         <v>8</v>
       </c>
       <c r="D153" t="s">
         <v>9</v>
       </c>
       <c r="E153">
-        <v>560.4</v>
+        <v>549.7</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154">
         <v>2023</v>
       </c>
       <c r="B154" t="s">
         <v>15</v>
       </c>
       <c r="C154" t="s">
         <v>8</v>
       </c>
       <c r="D154" t="s">
         <v>10</v>
       </c>
       <c r="E154">
-        <v>757.0</v>
+        <v>719.9</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155">
         <v>2023</v>
       </c>
       <c r="B155" t="s">
         <v>15</v>
       </c>
       <c r="C155" t="s">
         <v>8</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155">
-        <v>478.3</v>
+        <v>468.5</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156">
         <v>2023</v>
       </c>
       <c r="B156" t="s">
         <v>15</v>
       </c>
       <c r="C156" t="s">
         <v>12</v>
       </c>
       <c r="D156" t="s">
         <v>13</v>
       </c>
       <c r="E156">
-        <v>1236.8</v>
+        <v>982.2</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157">
         <v>2023</v>
       </c>
       <c r="B157" t="s">
         <v>15</v>
       </c>
       <c r="C157" t="s">
         <v>12</v>
       </c>
       <c r="D157" t="s">
         <v>14</v>
       </c>
       <c r="E157">
-        <v>2399.7</v>
+        <v>2555.2</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158">
         <v>2023</v>
       </c>
       <c r="B158" t="s">
         <v>16</v>
       </c>
       <c r="C158" t="s">
         <v>6</v>
       </c>
       <c r="D158" t="s">
         <v>7</v>
       </c>
       <c r="E158">
-        <v>1592.0</v>
+        <v>1324.0</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159">
         <v>2023</v>
       </c>
       <c r="B159" t="s">
         <v>16</v>
       </c>
       <c r="C159" t="s">
         <v>8</v>
       </c>
       <c r="D159" t="s">
         <v>9</v>
       </c>
       <c r="E159">
-        <v>659.5</v>
+        <v>618.1</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160">
         <v>2023</v>
       </c>
       <c r="B160" t="s">
         <v>16</v>
       </c>
       <c r="C160" t="s">
         <v>8</v>
       </c>
       <c r="D160" t="s">
         <v>10</v>
       </c>
       <c r="E160">
-        <v>952.7</v>
+        <v>792.2</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161">
         <v>2023</v>
       </c>
       <c r="B161" t="s">
         <v>16</v>
       </c>
       <c r="C161" t="s">
         <v>8</v>
       </c>
       <c r="D161" t="s">
         <v>11</v>
       </c>
       <c r="E161">
-        <v>569.6</v>
+        <v>459.9</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162">
         <v>2023</v>
       </c>
       <c r="B162" t="s">
         <v>16</v>
       </c>
       <c r="C162" t="s">
         <v>12</v>
       </c>
       <c r="D162" t="s">
         <v>13</v>
       </c>
       <c r="E162">
-        <v>1336.8</v>
+        <v>1301.6</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163">
         <v>2023</v>
       </c>
       <c r="B163" t="s">
         <v>16</v>
       </c>
       <c r="C163" t="s">
         <v>12</v>
       </c>
       <c r="D163" t="s">
         <v>14</v>
       </c>
       <c r="E163">
-        <v>2811.0</v>
+        <v>2338.0</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164">
         <v>2023</v>
       </c>
       <c r="B164" t="s">
         <v>17</v>
       </c>
       <c r="C164" t="s">
         <v>6</v>
       </c>
       <c r="D164" t="s">
         <v>7</v>
       </c>
       <c r="E164">
-        <v>1442.3</v>
+        <v>1468.9</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165">
         <v>2023</v>
       </c>
       <c r="B165" t="s">
         <v>17</v>
       </c>
       <c r="C165" t="s">
         <v>8</v>
       </c>
       <c r="D165" t="s">
         <v>9</v>
       </c>
       <c r="E165">
-        <v>547.0</v>
+        <v>621.2</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166">
         <v>2023</v>
       </c>
       <c r="B166" t="s">
         <v>17</v>
       </c>
       <c r="C166" t="s">
         <v>8</v>
       </c>
       <c r="D166" t="s">
         <v>10</v>
       </c>
       <c r="E166">
-        <v>804.1</v>
+        <v>784.9</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167">
         <v>2023</v>
       </c>
       <c r="B167" t="s">
         <v>17</v>
       </c>
       <c r="C167" t="s">
         <v>8</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
       <c r="E167">
-        <v>479.5</v>
+        <v>492.1</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168">
         <v>2023</v>
       </c>
       <c r="B168" t="s">
         <v>17</v>
       </c>
       <c r="C168" t="s">
         <v>12</v>
       </c>
       <c r="D168" t="s">
         <v>13</v>
       </c>
       <c r="E168">
-        <v>1269.8</v>
+        <v>1638.3</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169">
         <v>2023</v>
       </c>
       <c r="B169" t="s">
         <v>17</v>
       </c>
       <c r="C169" t="s">
         <v>12</v>
       </c>
       <c r="D169" t="s">
         <v>14</v>
       </c>
       <c r="E169">
-        <v>2557.7</v>
+        <v>2571.9</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170">
         <v>2023</v>
       </c>
       <c r="B170" t="s">
         <v>18</v>
       </c>
       <c r="C170" t="s">
         <v>6</v>
       </c>
       <c r="D170" t="s">
         <v>7</v>
       </c>
       <c r="E170">
-        <v>1466.7</v>
+        <v>1394.3</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171">
         <v>2023</v>
       </c>
       <c r="B171" t="s">
         <v>18</v>
       </c>
       <c r="C171" t="s">
         <v>8</v>
       </c>
       <c r="D171" t="s">
         <v>9</v>
       </c>
       <c r="E171">
-        <v>487.4</v>
+        <v>560.4</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172">
         <v>2023</v>
       </c>
       <c r="B172" t="s">
         <v>18</v>
       </c>
       <c r="C172" t="s">
         <v>8</v>
       </c>
       <c r="D172" t="s">
         <v>10</v>
       </c>
       <c r="E172">
-        <v>841.5</v>
+        <v>757.0</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173">
         <v>2023</v>
       </c>
       <c r="B173" t="s">
         <v>18</v>
       </c>
       <c r="C173" t="s">
         <v>8</v>
       </c>
       <c r="D173" t="s">
         <v>11</v>
       </c>
       <c r="E173">
-        <v>451.9</v>
+        <v>478.3</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174">
         <v>2023</v>
       </c>
       <c r="B174" t="s">
         <v>18</v>
       </c>
       <c r="C174" t="s">
         <v>12</v>
       </c>
       <c r="D174" t="s">
         <v>13</v>
       </c>
       <c r="E174">
-        <v>1161.5</v>
+        <v>1236.8</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175">
         <v>2023</v>
       </c>
       <c r="B175" t="s">
         <v>18</v>
       </c>
       <c r="C175" t="s">
         <v>12</v>
       </c>
       <c r="D175" t="s">
         <v>14</v>
       </c>
       <c r="E175">
-        <v>2414.3</v>
+        <v>2399.7</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176">
         <v>2023</v>
       </c>
       <c r="B176" t="s">
         <v>19</v>
       </c>
       <c r="C176" t="s">
         <v>6</v>
       </c>
       <c r="D176" t="s">
         <v>7</v>
       </c>
       <c r="E176">
-        <v>1525.7</v>
+        <v>1592.0</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177">
         <v>2023</v>
       </c>
       <c r="B177" t="s">
         <v>19</v>
       </c>
       <c r="C177" t="s">
         <v>8</v>
       </c>
       <c r="D177" t="s">
         <v>9</v>
       </c>
       <c r="E177">
-        <v>573.6</v>
+        <v>659.5</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178">
         <v>2023</v>
       </c>
       <c r="B178" t="s">
         <v>19</v>
       </c>
       <c r="C178" t="s">
         <v>8</v>
       </c>
       <c r="D178" t="s">
         <v>10</v>
       </c>
       <c r="E178">
-        <v>858.1</v>
+        <v>952.7</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179">
         <v>2023</v>
       </c>
       <c r="B179" t="s">
         <v>19</v>
       </c>
       <c r="C179" t="s">
         <v>8</v>
       </c>
       <c r="D179" t="s">
         <v>11</v>
       </c>
       <c r="E179">
-        <v>443.2</v>
+        <v>569.6</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180">
         <v>2023</v>
       </c>
       <c r="B180" t="s">
         <v>19</v>
       </c>
       <c r="C180" t="s">
         <v>12</v>
       </c>
       <c r="D180" t="s">
         <v>13</v>
       </c>
       <c r="E180">
-        <v>1412.0</v>
+        <v>1336.8</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181">
         <v>2023</v>
       </c>
       <c r="B181" t="s">
         <v>19</v>
       </c>
       <c r="C181" t="s">
         <v>12</v>
       </c>
       <c r="D181" t="s">
         <v>14</v>
       </c>
       <c r="E181">
-        <v>2693.1</v>
+        <v>2824.8</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182">
         <v>2023</v>
       </c>
       <c r="B182" t="s">
         <v>20</v>
       </c>
       <c r="C182" t="s">
         <v>6</v>
       </c>
       <c r="D182" t="s">
         <v>7</v>
       </c>
       <c r="E182">
-        <v>1574.2</v>
+        <v>1442.3</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183">
         <v>2023</v>
       </c>
       <c r="B183" t="s">
         <v>20</v>
       </c>
       <c r="C183" t="s">
         <v>8</v>
       </c>
       <c r="D183" t="s">
         <v>9</v>
       </c>
       <c r="E183">
-        <v>615.0</v>
+        <v>547.0</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184">
         <v>2023</v>
       </c>
       <c r="B184" t="s">
         <v>20</v>
       </c>
       <c r="C184" t="s">
         <v>8</v>
       </c>
       <c r="D184" t="s">
         <v>10</v>
       </c>
       <c r="E184">
-        <v>782.2</v>
+        <v>804.1</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185">
         <v>2023</v>
       </c>
       <c r="B185" t="s">
         <v>20</v>
       </c>
       <c r="C185" t="s">
         <v>8</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
       <c r="E185">
-        <v>362.6</v>
+        <v>479.5</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186">
         <v>2023</v>
       </c>
       <c r="B186" t="s">
         <v>20</v>
       </c>
       <c r="C186" t="s">
         <v>12</v>
       </c>
       <c r="D186" t="s">
         <v>13</v>
       </c>
       <c r="E186">
-        <v>1213.1</v>
+        <v>1265.9</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187">
         <v>2023</v>
       </c>
       <c r="B187" t="s">
         <v>20</v>
       </c>
       <c r="C187" t="s">
         <v>12</v>
       </c>
       <c r="D187" t="s">
         <v>14</v>
       </c>
       <c r="E187">
-        <v>2391.4</v>
+        <v>2557.7</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188">
         <v>2023</v>
       </c>
       <c r="B188" t="s">
         <v>21</v>
       </c>
       <c r="C188" t="s">
         <v>6</v>
       </c>
       <c r="D188" t="s">
         <v>7</v>
       </c>
       <c r="E188">
-        <v>1345.5</v>
+        <v>1467.0</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189">
         <v>2023</v>
       </c>
       <c r="B189" t="s">
         <v>21</v>
       </c>
       <c r="C189" t="s">
         <v>8</v>
       </c>
       <c r="D189" t="s">
         <v>9</v>
       </c>
       <c r="E189">
-        <v>514.9</v>
+        <v>487.4</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190">
         <v>2023</v>
       </c>
       <c r="B190" t="s">
         <v>21</v>
       </c>
       <c r="C190" t="s">
         <v>8</v>
       </c>
       <c r="D190" t="s">
         <v>10</v>
       </c>
       <c r="E190">
-        <v>772.7</v>
+        <v>841.5</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191">
         <v>2023</v>
       </c>
       <c r="B191" t="s">
         <v>21</v>
       </c>
       <c r="C191" t="s">
         <v>8</v>
       </c>
       <c r="D191" t="s">
         <v>11</v>
       </c>
       <c r="E191">
-        <v>413.2</v>
+        <v>452.0</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192">
         <v>2023</v>
       </c>
       <c r="B192" t="s">
         <v>21</v>
       </c>
       <c r="C192" t="s">
         <v>12</v>
       </c>
       <c r="D192" t="s">
         <v>13</v>
       </c>
       <c r="E192">
-        <v>1828.7</v>
+        <v>1161.5</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193">
         <v>2023</v>
       </c>
       <c r="B193" t="s">
         <v>21</v>
       </c>
       <c r="C193" t="s">
         <v>12</v>
       </c>
       <c r="D193" t="s">
         <v>14</v>
       </c>
       <c r="E193">
-        <v>2542.9</v>
+        <v>2416.0</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194">
         <v>2023</v>
       </c>
       <c r="B194" t="s">
         <v>22</v>
       </c>
       <c r="C194" t="s">
         <v>6</v>
       </c>
       <c r="D194" t="s">
         <v>7</v>
       </c>
       <c r="E194">
-        <v>1479.9</v>
+        <v>1525.7</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195">
         <v>2023</v>
       </c>
       <c r="B195" t="s">
         <v>22</v>
       </c>
       <c r="C195" t="s">
         <v>8</v>
       </c>
       <c r="D195" t="s">
         <v>9</v>
       </c>
       <c r="E195">
-        <v>581.5</v>
+        <v>573.6</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196">
         <v>2023</v>
       </c>
       <c r="B196" t="s">
         <v>22</v>
       </c>
       <c r="C196" t="s">
         <v>8</v>
       </c>
       <c r="D196" t="s">
         <v>10</v>
       </c>
       <c r="E196">
-        <v>723.6</v>
+        <v>858.1</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197">
         <v>2023</v>
       </c>
       <c r="B197" t="s">
         <v>22</v>
       </c>
       <c r="C197" t="s">
         <v>8</v>
       </c>
       <c r="D197" t="s">
         <v>11</v>
       </c>
       <c r="E197">
-        <v>472.9</v>
+        <v>443.2</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198">
         <v>2023</v>
       </c>
       <c r="B198" t="s">
         <v>22</v>
       </c>
       <c r="C198" t="s">
         <v>12</v>
       </c>
       <c r="D198" t="s">
         <v>13</v>
       </c>
       <c r="E198">
-        <v>1256.6</v>
+        <v>1412.0</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199">
         <v>2023</v>
       </c>
       <c r="B199" t="s">
         <v>22</v>
       </c>
       <c r="C199" t="s">
         <v>12</v>
       </c>
       <c r="D199" t="s">
         <v>14</v>
       </c>
       <c r="E199">
-        <v>2342.8</v>
+        <v>2693.1</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200">
         <v>2023</v>
       </c>
       <c r="B200" t="s">
         <v>23</v>
       </c>
       <c r="C200" t="s">
         <v>6</v>
       </c>
       <c r="D200" t="s">
         <v>7</v>
       </c>
       <c r="E200">
-        <v>1343.7</v>
+        <v>1572.4</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201">
         <v>2023</v>
       </c>
       <c r="B201" t="s">
         <v>23</v>
       </c>
       <c r="C201" t="s">
         <v>8</v>
       </c>
       <c r="D201" t="s">
         <v>9</v>
       </c>
       <c r="E201">
-        <v>610.2</v>
+        <v>615.0</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202">
         <v>2023</v>
       </c>
       <c r="B202" t="s">
         <v>23</v>
       </c>
       <c r="C202" t="s">
         <v>8</v>
       </c>
       <c r="D202" t="s">
         <v>10</v>
       </c>
       <c r="E202">
-        <v>683.0</v>
+        <v>782.2</v>
       </c>
     </row>
     <row r="203" spans="1:5">
       <c r="A203">
         <v>2023</v>
       </c>
       <c r="B203" t="s">
         <v>23</v>
       </c>
       <c r="C203" t="s">
         <v>8</v>
       </c>
       <c r="D203" t="s">
         <v>11</v>
       </c>
       <c r="E203">
-        <v>454.4</v>
+        <v>362.6</v>
       </c>
     </row>
     <row r="204" spans="1:5">
       <c r="A204">
         <v>2023</v>
       </c>
       <c r="B204" t="s">
         <v>23</v>
       </c>
       <c r="C204" t="s">
         <v>12</v>
       </c>
       <c r="D204" t="s">
         <v>13</v>
       </c>
       <c r="E204">
-        <v>1361.4</v>
+        <v>1213.1</v>
       </c>
     </row>
     <row r="205" spans="1:5">
       <c r="A205">
         <v>2023</v>
       </c>
       <c r="B205" t="s">
         <v>23</v>
       </c>
       <c r="C205" t="s">
         <v>12</v>
       </c>
       <c r="D205" t="s">
         <v>14</v>
       </c>
       <c r="E205">
-        <v>2389.2</v>
+        <v>2391.4</v>
       </c>
     </row>
     <row r="206" spans="1:5">
       <c r="A206">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B206" t="s">
         <v>24</v>
       </c>
       <c r="C206" t="s">
         <v>6</v>
       </c>
       <c r="D206" t="s">
         <v>7</v>
       </c>
       <c r="E206">
-        <v>1705.4</v>
+        <v>1345.5</v>
       </c>
     </row>
     <row r="207" spans="1:5">
       <c r="A207">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B207" t="s">
         <v>24</v>
       </c>
       <c r="C207" t="s">
         <v>8</v>
       </c>
       <c r="D207" t="s">
         <v>9</v>
       </c>
       <c r="E207">
-        <v>605.8</v>
+        <v>514.9</v>
       </c>
     </row>
     <row r="208" spans="1:5">
       <c r="A208">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B208" t="s">
         <v>24</v>
       </c>
       <c r="C208" t="s">
         <v>8</v>
       </c>
       <c r="D208" t="s">
         <v>10</v>
       </c>
       <c r="E208">
-        <v>823.9</v>
+        <v>772.7</v>
       </c>
     </row>
     <row r="209" spans="1:5">
       <c r="A209">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B209" t="s">
         <v>24</v>
       </c>
       <c r="C209" t="s">
         <v>8</v>
       </c>
       <c r="D209" t="s">
         <v>11</v>
       </c>
       <c r="E209">
-        <v>542.1</v>
+        <v>413.2</v>
       </c>
     </row>
     <row r="210" spans="1:5">
       <c r="A210">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B210" t="s">
         <v>24</v>
       </c>
       <c r="C210" t="s">
         <v>12</v>
       </c>
       <c r="D210" t="s">
         <v>13</v>
       </c>
       <c r="E210">
-        <v>1247.5</v>
+        <v>1828.7</v>
       </c>
     </row>
     <row r="211" spans="1:5">
       <c r="A211">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B211" t="s">
         <v>24</v>
       </c>
       <c r="C211" t="s">
         <v>12</v>
       </c>
       <c r="D211" t="s">
         <v>14</v>
       </c>
       <c r="E211">
-        <v>2845.6</v>
+        <v>2542.9</v>
       </c>
     </row>
     <row r="212" spans="1:5">
       <c r="A212">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B212" t="s">
         <v>25</v>
       </c>
       <c r="C212" t="s">
         <v>6</v>
       </c>
       <c r="D212" t="s">
         <v>7</v>
       </c>
       <c r="E212">
-        <v>1631.5</v>
+        <v>1479.9</v>
       </c>
     </row>
     <row r="213" spans="1:5">
       <c r="A213">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B213" t="s">
         <v>25</v>
       </c>
       <c r="C213" t="s">
         <v>8</v>
       </c>
       <c r="D213" t="s">
         <v>9</v>
       </c>
       <c r="E213">
-        <v>681.1</v>
+        <v>581.5</v>
       </c>
     </row>
     <row r="214" spans="1:5">
       <c r="A214">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B214" t="s">
         <v>25</v>
       </c>
       <c r="C214" t="s">
         <v>8</v>
       </c>
       <c r="D214" t="s">
         <v>10</v>
       </c>
       <c r="E214">
-        <v>923.5</v>
+        <v>724.0</v>
       </c>
     </row>
     <row r="215" spans="1:5">
       <c r="A215">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B215" t="s">
         <v>25</v>
       </c>
       <c r="C215" t="s">
         <v>8</v>
       </c>
       <c r="D215" t="s">
         <v>11</v>
       </c>
       <c r="E215">
-        <v>518.1</v>
+        <v>472.9</v>
       </c>
     </row>
     <row r="216" spans="1:5">
       <c r="A216">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B216" t="s">
         <v>25</v>
       </c>
       <c r="C216" t="s">
         <v>12</v>
       </c>
       <c r="D216" t="s">
         <v>13</v>
       </c>
       <c r="E216">
-        <v>1765.8</v>
+        <v>1260.0</v>
       </c>
     </row>
     <row r="217" spans="1:5">
       <c r="A217">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B217" t="s">
         <v>25</v>
       </c>
       <c r="C217" t="s">
         <v>12</v>
       </c>
       <c r="D217" t="s">
         <v>14</v>
       </c>
       <c r="E217">
-        <v>2763.7</v>
+        <v>2344.8</v>
       </c>
     </row>
     <row r="218" spans="1:5">
       <c r="A218">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B218" t="s">
         <v>5</v>
       </c>
       <c r="C218" t="s">
         <v>6</v>
       </c>
       <c r="D218" t="s">
         <v>7</v>
       </c>
       <c r="E218">
-        <v>1628.1</v>
+        <v>1343.5</v>
       </c>
     </row>
     <row r="219" spans="1:5">
       <c r="A219">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B219" t="s">
         <v>5</v>
       </c>
       <c r="C219" t="s">
         <v>8</v>
       </c>
       <c r="D219" t="s">
         <v>9</v>
       </c>
       <c r="E219">
-        <v>731.8</v>
+        <v>610.5</v>
       </c>
     </row>
     <row r="220" spans="1:5">
       <c r="A220">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B220" t="s">
         <v>5</v>
       </c>
       <c r="C220" t="s">
         <v>8</v>
       </c>
       <c r="D220" t="s">
         <v>10</v>
       </c>
       <c r="E220">
-        <v>841.4</v>
+        <v>683.0</v>
       </c>
     </row>
     <row r="221" spans="1:5">
       <c r="A221">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B221" t="s">
         <v>5</v>
       </c>
       <c r="C221" t="s">
         <v>8</v>
       </c>
       <c r="D221" t="s">
         <v>11</v>
       </c>
       <c r="E221">
-        <v>478.9</v>
+        <v>454.3</v>
       </c>
     </row>
     <row r="222" spans="1:5">
       <c r="A222">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B222" t="s">
         <v>5</v>
       </c>
       <c r="C222" t="s">
         <v>12</v>
       </c>
       <c r="D222" t="s">
         <v>13</v>
       </c>
       <c r="E222">
-        <v>1429.9</v>
+        <v>1361.4</v>
       </c>
     </row>
     <row r="223" spans="1:5">
       <c r="A223">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="B223" t="s">
         <v>5</v>
       </c>
       <c r="C223" t="s">
         <v>12</v>
       </c>
       <c r="D223" t="s">
         <v>14</v>
       </c>
       <c r="E223">
-        <v>2600.1</v>
+        <v>2389.2</v>
       </c>
     </row>
     <row r="224" spans="1:5">
       <c r="A224">
         <v>2022</v>
       </c>
       <c r="B224" t="s">
         <v>15</v>
       </c>
       <c r="C224" t="s">
         <v>6</v>
       </c>
       <c r="D224" t="s">
         <v>7</v>
       </c>
       <c r="E224">
-        <v>1759.7</v>
+        <v>1705.4</v>
       </c>
     </row>
     <row r="225" spans="1:5">
       <c r="A225">
         <v>2022</v>
       </c>
       <c r="B225" t="s">
         <v>15</v>
       </c>
       <c r="C225" t="s">
         <v>8</v>
       </c>
       <c r="D225" t="s">
         <v>9</v>
       </c>
       <c r="E225">
-        <v>623.8</v>
+        <v>605.8</v>
       </c>
     </row>
     <row r="226" spans="1:5">
       <c r="A226">
         <v>2022</v>
       </c>
       <c r="B226" t="s">
         <v>15</v>
       </c>
       <c r="C226" t="s">
         <v>8</v>
       </c>
       <c r="D226" t="s">
         <v>10</v>
       </c>
       <c r="E226">
-        <v>838.2</v>
+        <v>824.0</v>
       </c>
     </row>
     <row r="227" spans="1:5">
       <c r="A227">
         <v>2022</v>
       </c>
       <c r="B227" t="s">
         <v>15</v>
       </c>
       <c r="C227" t="s">
         <v>8</v>
       </c>
       <c r="D227" t="s">
         <v>11</v>
       </c>
       <c r="E227">
-        <v>640.5</v>
+        <v>542.1</v>
       </c>
     </row>
     <row r="228" spans="1:5">
       <c r="A228">
         <v>2022</v>
       </c>
       <c r="B228" t="s">
         <v>15</v>
       </c>
       <c r="C228" t="s">
         <v>12</v>
       </c>
       <c r="D228" t="s">
         <v>13</v>
       </c>
       <c r="E228">
-        <v>1859.5</v>
+        <v>1247.5</v>
       </c>
     </row>
     <row r="229" spans="1:5">
       <c r="A229">
         <v>2022</v>
       </c>
       <c r="B229" t="s">
         <v>15</v>
       </c>
       <c r="C229" t="s">
         <v>12</v>
       </c>
       <c r="D229" t="s">
         <v>14</v>
       </c>
       <c r="E229">
-        <v>3067.9</v>
+        <v>2848.3</v>
       </c>
     </row>
     <row r="230" spans="1:5">
       <c r="A230">
         <v>2022</v>
       </c>
       <c r="B230" t="s">
         <v>16</v>
       </c>
       <c r="C230" t="s">
         <v>6</v>
       </c>
       <c r="D230" t="s">
         <v>7</v>
       </c>
       <c r="E230">
-        <v>1865.7</v>
+        <v>1631.0</v>
       </c>
     </row>
     <row r="231" spans="1:5">
       <c r="A231">
         <v>2022</v>
       </c>
       <c r="B231" t="s">
         <v>16</v>
       </c>
       <c r="C231" t="s">
         <v>8</v>
       </c>
       <c r="D231" t="s">
         <v>9</v>
       </c>
       <c r="E231">
-        <v>786.2</v>
+        <v>681.1</v>
       </c>
     </row>
     <row r="232" spans="1:5">
       <c r="A232">
         <v>2022</v>
       </c>
       <c r="B232" t="s">
         <v>16</v>
       </c>
       <c r="C232" t="s">
         <v>8</v>
       </c>
       <c r="D232" t="s">
         <v>10</v>
       </c>
       <c r="E232">
-        <v>1097.9</v>
+        <v>923.4</v>
       </c>
     </row>
     <row r="233" spans="1:5">
       <c r="A233">
         <v>2022</v>
       </c>
       <c r="B233" t="s">
         <v>16</v>
       </c>
       <c r="C233" t="s">
         <v>8</v>
       </c>
       <c r="D233" t="s">
         <v>11</v>
       </c>
       <c r="E233">
-        <v>762.3</v>
+        <v>518.1</v>
       </c>
     </row>
     <row r="234" spans="1:5">
       <c r="A234">
         <v>2022</v>
       </c>
       <c r="B234" t="s">
         <v>16</v>
       </c>
       <c r="C234" t="s">
         <v>12</v>
       </c>
       <c r="D234" t="s">
         <v>13</v>
       </c>
       <c r="E234">
-        <v>2088.3</v>
+        <v>1765.8</v>
       </c>
     </row>
     <row r="235" spans="1:5">
       <c r="A235">
         <v>2022</v>
       </c>
       <c r="B235" t="s">
         <v>16</v>
       </c>
       <c r="C235" t="s">
         <v>12</v>
       </c>
       <c r="D235" t="s">
         <v>14</v>
       </c>
       <c r="E235">
-        <v>3346.9</v>
+        <v>2763.4</v>
       </c>
     </row>
     <row r="236" spans="1:5">
       <c r="A236">
         <v>2022</v>
       </c>
       <c r="B236" t="s">
         <v>17</v>
       </c>
       <c r="C236" t="s">
         <v>6</v>
       </c>
       <c r="D236" t="s">
         <v>7</v>
       </c>
       <c r="E236">
-        <v>1463.9</v>
+        <v>1628.1</v>
       </c>
     </row>
     <row r="237" spans="1:5">
       <c r="A237">
         <v>2022</v>
       </c>
       <c r="B237" t="s">
         <v>17</v>
       </c>
       <c r="C237" t="s">
         <v>8</v>
       </c>
       <c r="D237" t="s">
         <v>9</v>
       </c>
       <c r="E237">
-        <v>732.7</v>
+        <v>731.8</v>
       </c>
     </row>
     <row r="238" spans="1:5">
       <c r="A238">
         <v>2022</v>
       </c>
       <c r="B238" t="s">
         <v>17</v>
       </c>
       <c r="C238" t="s">
         <v>8</v>
       </c>
       <c r="D238" t="s">
         <v>10</v>
       </c>
       <c r="E238">
-        <v>1025.0</v>
+        <v>841.4</v>
       </c>
     </row>
     <row r="239" spans="1:5">
       <c r="A239">
         <v>2022</v>
       </c>
       <c r="B239" t="s">
         <v>17</v>
       </c>
       <c r="C239" t="s">
         <v>8</v>
       </c>
       <c r="D239" t="s">
         <v>11</v>
       </c>
       <c r="E239">
-        <v>688.5</v>
+        <v>478.9</v>
       </c>
     </row>
     <row r="240" spans="1:5">
       <c r="A240">
         <v>2022</v>
       </c>
       <c r="B240" t="s">
         <v>17</v>
       </c>
       <c r="C240" t="s">
         <v>12</v>
       </c>
       <c r="D240" t="s">
         <v>13</v>
       </c>
       <c r="E240">
-        <v>1970.8</v>
+        <v>1429.9</v>
       </c>
     </row>
     <row r="241" spans="1:5">
       <c r="A241">
         <v>2022</v>
       </c>
       <c r="B241" t="s">
         <v>17</v>
       </c>
       <c r="C241" t="s">
         <v>12</v>
       </c>
       <c r="D241" t="s">
         <v>14</v>
       </c>
       <c r="E241">
-        <v>2873.1</v>
+        <v>2600.1</v>
       </c>
     </row>
     <row r="242" spans="1:5">
       <c r="A242">
         <v>2022</v>
       </c>
       <c r="B242" t="s">
         <v>18</v>
       </c>
       <c r="C242" t="s">
         <v>6</v>
       </c>
       <c r="D242" t="s">
         <v>7</v>
       </c>
       <c r="E242">
-        <v>1668.6</v>
+        <v>1759.7</v>
       </c>
     </row>
     <row r="243" spans="1:5">
       <c r="A243">
         <v>2022</v>
       </c>
       <c r="B243" t="s">
         <v>18</v>
       </c>
       <c r="C243" t="s">
         <v>8</v>
       </c>
       <c r="D243" t="s">
         <v>9</v>
       </c>
       <c r="E243">
-        <v>819.4</v>
+        <v>623.8</v>
       </c>
     </row>
     <row r="244" spans="1:5">
       <c r="A244">
         <v>2022</v>
       </c>
       <c r="B244" t="s">
         <v>18</v>
       </c>
       <c r="C244" t="s">
         <v>8</v>
       </c>
       <c r="D244" t="s">
         <v>10</v>
       </c>
       <c r="E244">
-        <v>1030.1</v>
+        <v>838.2</v>
       </c>
     </row>
     <row r="245" spans="1:5">
       <c r="A245">
         <v>2022</v>
       </c>
       <c r="B245" t="s">
         <v>18</v>
       </c>
       <c r="C245" t="s">
         <v>8</v>
       </c>
       <c r="D245" t="s">
         <v>11</v>
       </c>
       <c r="E245">
-        <v>594.9</v>
+        <v>640.5</v>
       </c>
     </row>
     <row r="246" spans="1:5">
       <c r="A246">
         <v>2022</v>
       </c>
       <c r="B246" t="s">
         <v>18</v>
       </c>
       <c r="C246" t="s">
         <v>12</v>
       </c>
       <c r="D246" t="s">
         <v>13</v>
       </c>
       <c r="E246">
-        <v>2202.2</v>
+        <v>1859.5</v>
       </c>
     </row>
     <row r="247" spans="1:5">
       <c r="A247">
         <v>2022</v>
       </c>
       <c r="B247" t="s">
         <v>18</v>
       </c>
       <c r="C247" t="s">
         <v>12</v>
       </c>
       <c r="D247" t="s">
         <v>14</v>
       </c>
       <c r="E247">
-        <v>3073.7</v>
+        <v>3067.4</v>
       </c>
     </row>
     <row r="248" spans="1:5">
       <c r="A248">
         <v>2022</v>
       </c>
       <c r="B248" t="s">
         <v>19</v>
       </c>
       <c r="C248" t="s">
         <v>6</v>
       </c>
       <c r="D248" t="s">
         <v>7</v>
       </c>
       <c r="E248">
-        <v>1749.0</v>
+        <v>1865.7</v>
       </c>
     </row>
     <row r="249" spans="1:5">
       <c r="A249">
         <v>2022</v>
       </c>
       <c r="B249" t="s">
         <v>19</v>
       </c>
       <c r="C249" t="s">
         <v>8</v>
       </c>
       <c r="D249" t="s">
         <v>9</v>
       </c>
       <c r="E249">
-        <v>864.3</v>
+        <v>786.2</v>
       </c>
     </row>
     <row r="250" spans="1:5">
       <c r="A250">
         <v>2022</v>
       </c>
       <c r="B250" t="s">
         <v>19</v>
       </c>
       <c r="C250" t="s">
         <v>8</v>
       </c>
       <c r="D250" t="s">
         <v>10</v>
       </c>
       <c r="E250">
-        <v>1107.5</v>
+        <v>1093.8</v>
       </c>
     </row>
     <row r="251" spans="1:5">
       <c r="A251">
         <v>2022</v>
       </c>
       <c r="B251" t="s">
         <v>19</v>
       </c>
       <c r="C251" t="s">
         <v>8</v>
       </c>
       <c r="D251" t="s">
         <v>11</v>
       </c>
       <c r="E251">
-        <v>532.2</v>
+        <v>762.3</v>
       </c>
     </row>
     <row r="252" spans="1:5">
       <c r="A252">
         <v>2022</v>
       </c>
       <c r="B252" t="s">
         <v>19</v>
       </c>
       <c r="C252" t="s">
         <v>12</v>
       </c>
       <c r="D252" t="s">
         <v>13</v>
       </c>
       <c r="E252">
-        <v>1924.9</v>
+        <v>2088.3</v>
       </c>
     </row>
     <row r="253" spans="1:5">
       <c r="A253">
         <v>2022</v>
       </c>
       <c r="B253" t="s">
         <v>19</v>
       </c>
       <c r="C253" t="s">
         <v>12</v>
       </c>
       <c r="D253" t="s">
         <v>14</v>
       </c>
       <c r="E253">
-        <v>3169.2</v>
+        <v>3347.5</v>
       </c>
     </row>
     <row r="254" spans="1:5">
       <c r="A254">
         <v>2022</v>
       </c>
       <c r="B254" t="s">
         <v>20</v>
       </c>
       <c r="C254" t="s">
         <v>6</v>
       </c>
       <c r="D254" t="s">
         <v>7</v>
       </c>
       <c r="E254">
-        <v>1593.3</v>
+        <v>1463.9</v>
       </c>
     </row>
     <row r="255" spans="1:5">
       <c r="A255">
         <v>2022</v>
       </c>
       <c r="B255" t="s">
         <v>20</v>
       </c>
       <c r="C255" t="s">
         <v>8</v>
       </c>
       <c r="D255" t="s">
         <v>9</v>
       </c>
       <c r="E255">
-        <v>880.8</v>
+        <v>732.7</v>
       </c>
     </row>
     <row r="256" spans="1:5">
       <c r="A256">
         <v>2022</v>
       </c>
       <c r="B256" t="s">
         <v>20</v>
       </c>
       <c r="C256" t="s">
         <v>8</v>
       </c>
       <c r="D256" t="s">
         <v>10</v>
       </c>
       <c r="E256">
-        <v>973.7</v>
+        <v>1025.0</v>
       </c>
     </row>
     <row r="257" spans="1:5">
       <c r="A257">
         <v>2022</v>
       </c>
       <c r="B257" t="s">
         <v>20</v>
       </c>
       <c r="C257" t="s">
         <v>8</v>
       </c>
       <c r="D257" t="s">
         <v>11</v>
       </c>
       <c r="E257">
-        <v>552.7</v>
+        <v>688.5</v>
       </c>
     </row>
     <row r="258" spans="1:5">
       <c r="A258">
         <v>2022</v>
       </c>
       <c r="B258" t="s">
         <v>20</v>
       </c>
       <c r="C258" t="s">
         <v>12</v>
       </c>
       <c r="D258" t="s">
         <v>13</v>
       </c>
       <c r="E258">
-        <v>1541.1</v>
+        <v>1970.8</v>
       </c>
     </row>
     <row r="259" spans="1:5">
       <c r="A259">
         <v>2022</v>
       </c>
       <c r="B259" t="s">
         <v>20</v>
       </c>
       <c r="C259" t="s">
         <v>12</v>
       </c>
       <c r="D259" t="s">
         <v>14</v>
       </c>
       <c r="E259">
-        <v>3038.4</v>
+        <v>2871.8</v>
       </c>
     </row>
     <row r="260" spans="1:5">
       <c r="A260">
         <v>2022</v>
       </c>
       <c r="B260" t="s">
         <v>21</v>
       </c>
       <c r="C260" t="s">
         <v>6</v>
       </c>
       <c r="D260" t="s">
         <v>7</v>
       </c>
       <c r="E260">
-        <v>1671.9</v>
+        <v>1669.1</v>
       </c>
     </row>
     <row r="261" spans="1:5">
       <c r="A261">
         <v>2022</v>
       </c>
       <c r="B261" t="s">
         <v>21</v>
       </c>
       <c r="C261" t="s">
         <v>8</v>
       </c>
       <c r="D261" t="s">
         <v>9</v>
       </c>
       <c r="E261">
-        <v>988.2</v>
+        <v>819.4</v>
       </c>
     </row>
     <row r="262" spans="1:5">
       <c r="A262">
         <v>2022</v>
       </c>
       <c r="B262" t="s">
         <v>21</v>
       </c>
       <c r="C262" t="s">
         <v>8</v>
       </c>
       <c r="D262" t="s">
         <v>10</v>
       </c>
       <c r="E262">
-        <v>1033.8</v>
+        <v>1030.1</v>
       </c>
     </row>
     <row r="263" spans="1:5">
       <c r="A263">
         <v>2022</v>
       </c>
       <c r="B263" t="s">
         <v>21</v>
       </c>
       <c r="C263" t="s">
         <v>8</v>
       </c>
       <c r="D263" t="s">
         <v>11</v>
       </c>
       <c r="E263">
-        <v>831.9</v>
+        <v>594.9</v>
       </c>
     </row>
     <row r="264" spans="1:5">
       <c r="A264">
         <v>2022</v>
       </c>
       <c r="B264" t="s">
         <v>21</v>
       </c>
       <c r="C264" t="s">
         <v>12</v>
       </c>
       <c r="D264" t="s">
         <v>13</v>
       </c>
       <c r="E264">
-        <v>1506.3</v>
+        <v>2203.9</v>
       </c>
     </row>
     <row r="265" spans="1:5">
       <c r="A265">
         <v>2022</v>
       </c>
       <c r="B265" t="s">
         <v>21</v>
       </c>
       <c r="C265" t="s">
         <v>12</v>
       </c>
       <c r="D265" t="s">
         <v>14</v>
       </c>
       <c r="E265">
-        <v>3176.7</v>
+        <v>3073.7</v>
       </c>
     </row>
     <row r="266" spans="1:5">
       <c r="A266">
         <v>2022</v>
       </c>
       <c r="B266" t="s">
         <v>22</v>
       </c>
       <c r="C266" t="s">
         <v>6</v>
       </c>
       <c r="D266" t="s">
         <v>7</v>
       </c>
       <c r="E266">
-        <v>1527.0</v>
+        <v>1749.0</v>
       </c>
     </row>
     <row r="267" spans="1:5">
       <c r="A267">
         <v>2022</v>
       </c>
       <c r="B267" t="s">
         <v>22</v>
       </c>
       <c r="C267" t="s">
         <v>8</v>
       </c>
       <c r="D267" t="s">
         <v>9</v>
       </c>
       <c r="E267">
-        <v>880.9</v>
+        <v>864.5</v>
       </c>
     </row>
     <row r="268" spans="1:5">
       <c r="A268">
         <v>2022</v>
       </c>
       <c r="B268" t="s">
         <v>22</v>
       </c>
       <c r="C268" t="s">
         <v>8</v>
       </c>
       <c r="D268" t="s">
         <v>10</v>
       </c>
       <c r="E268">
-        <v>824.4</v>
+        <v>1107.5</v>
       </c>
     </row>
     <row r="269" spans="1:5">
       <c r="A269">
         <v>2022</v>
       </c>
       <c r="B269" t="s">
         <v>22</v>
       </c>
       <c r="C269" t="s">
         <v>8</v>
       </c>
       <c r="D269" t="s">
         <v>11</v>
       </c>
       <c r="E269">
-        <v>768.3</v>
+        <v>532.2</v>
       </c>
     </row>
     <row r="270" spans="1:5">
       <c r="A270">
         <v>2022</v>
       </c>
       <c r="B270" t="s">
         <v>22</v>
       </c>
       <c r="C270" t="s">
         <v>12</v>
       </c>
       <c r="D270" t="s">
         <v>13</v>
       </c>
       <c r="E270">
-        <v>1390.5</v>
+        <v>1924.7</v>
       </c>
     </row>
     <row r="271" spans="1:5">
       <c r="A271">
         <v>2022</v>
       </c>
       <c r="B271" t="s">
         <v>22</v>
       </c>
       <c r="C271" t="s">
         <v>12</v>
       </c>
       <c r="D271" t="s">
         <v>14</v>
       </c>
       <c r="E271">
-        <v>2926.8</v>
+        <v>3169.2</v>
       </c>
     </row>
     <row r="272" spans="1:5">
       <c r="A272">
         <v>2022</v>
       </c>
       <c r="B272" t="s">
         <v>23</v>
       </c>
       <c r="C272" t="s">
         <v>6</v>
       </c>
       <c r="D272" t="s">
         <v>7</v>
       </c>
       <c r="E272">
-        <v>1490.6</v>
+        <v>1593.3</v>
       </c>
     </row>
     <row r="273" spans="1:5">
       <c r="A273">
         <v>2022</v>
       </c>
       <c r="B273" t="s">
         <v>23</v>
       </c>
       <c r="C273" t="s">
         <v>8</v>
       </c>
       <c r="D273" t="s">
         <v>9</v>
       </c>
       <c r="E273">
-        <v>877.2</v>
+        <v>880.4</v>
       </c>
     </row>
     <row r="274" spans="1:5">
       <c r="A274">
         <v>2022</v>
       </c>
       <c r="B274" t="s">
         <v>23</v>
       </c>
       <c r="C274" t="s">
         <v>8</v>
       </c>
       <c r="D274" t="s">
         <v>10</v>
       </c>
       <c r="E274">
-        <v>831.6</v>
+        <v>973.7</v>
       </c>
     </row>
     <row r="275" spans="1:5">
       <c r="A275">
         <v>2022</v>
       </c>
       <c r="B275" t="s">
         <v>23</v>
       </c>
       <c r="C275" t="s">
         <v>8</v>
       </c>
       <c r="D275" t="s">
         <v>11</v>
       </c>
       <c r="E275">
-        <v>730.7</v>
+        <v>552.7</v>
       </c>
     </row>
     <row r="276" spans="1:5">
       <c r="A276">
         <v>2022</v>
       </c>
       <c r="B276" t="s">
         <v>23</v>
       </c>
       <c r="C276" t="s">
         <v>12</v>
       </c>
       <c r="D276" t="s">
         <v>13</v>
       </c>
       <c r="E276">
-        <v>1351.1</v>
+        <v>1541.0</v>
       </c>
     </row>
     <row r="277" spans="1:5">
       <c r="A277">
         <v>2022</v>
       </c>
       <c r="B277" t="s">
         <v>23</v>
       </c>
       <c r="C277" t="s">
         <v>12</v>
       </c>
       <c r="D277" t="s">
         <v>14</v>
       </c>
       <c r="E277">
-        <v>3203.5</v>
+        <v>3038.4</v>
       </c>
     </row>
     <row r="278" spans="1:5">
       <c r="A278">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B278" t="s">
         <v>24</v>
       </c>
       <c r="C278" t="s">
         <v>6</v>
       </c>
       <c r="D278" t="s">
         <v>7</v>
       </c>
       <c r="E278">
-        <v>1866.2</v>
+        <v>1671.4</v>
       </c>
     </row>
     <row r="279" spans="1:5">
       <c r="A279">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B279" t="s">
         <v>24</v>
       </c>
       <c r="C279" t="s">
         <v>8</v>
       </c>
       <c r="D279" t="s">
         <v>9</v>
       </c>
       <c r="E279">
-        <v>1064.9</v>
+        <v>988.2</v>
       </c>
     </row>
     <row r="280" spans="1:5">
       <c r="A280">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B280" t="s">
         <v>24</v>
       </c>
       <c r="C280" t="s">
         <v>8</v>
       </c>
       <c r="D280" t="s">
         <v>10</v>
       </c>
       <c r="E280">
-        <v>1006.9</v>
+        <v>1033.8</v>
       </c>
     </row>
     <row r="281" spans="1:5">
       <c r="A281">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B281" t="s">
         <v>24</v>
       </c>
       <c r="C281" t="s">
         <v>8</v>
       </c>
       <c r="D281" t="s">
         <v>11</v>
       </c>
       <c r="E281">
-        <v>774.3</v>
+        <v>831.9</v>
       </c>
     </row>
     <row r="282" spans="1:5">
       <c r="A282">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B282" t="s">
         <v>24</v>
       </c>
       <c r="C282" t="s">
         <v>12</v>
       </c>
       <c r="D282" t="s">
         <v>13</v>
       </c>
       <c r="E282">
-        <v>1234.6</v>
+        <v>1514.9</v>
       </c>
     </row>
     <row r="283" spans="1:5">
       <c r="A283">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B283" t="s">
         <v>24</v>
       </c>
       <c r="C283" t="s">
         <v>12</v>
       </c>
       <c r="D283" t="s">
         <v>14</v>
       </c>
       <c r="E283">
-        <v>3675.2</v>
+        <v>3176.7</v>
       </c>
     </row>
     <row r="284" spans="1:5">
       <c r="A284">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B284" t="s">
         <v>25</v>
       </c>
       <c r="C284" t="s">
         <v>6</v>
       </c>
       <c r="D284" t="s">
         <v>7</v>
       </c>
       <c r="E284">
-        <v>1779.4</v>
+        <v>1527.0</v>
       </c>
     </row>
     <row r="285" spans="1:5">
       <c r="A285">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B285" t="s">
         <v>25</v>
       </c>
       <c r="C285" t="s">
         <v>8</v>
       </c>
       <c r="D285" t="s">
         <v>9</v>
       </c>
       <c r="E285">
-        <v>1024.1</v>
+        <v>880.9</v>
       </c>
     </row>
     <row r="286" spans="1:5">
       <c r="A286">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B286" t="s">
         <v>25</v>
       </c>
       <c r="C286" t="s">
         <v>8</v>
       </c>
       <c r="D286" t="s">
         <v>10</v>
       </c>
       <c r="E286">
-        <v>986.2</v>
+        <v>824.4</v>
       </c>
     </row>
     <row r="287" spans="1:5">
       <c r="A287">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B287" t="s">
         <v>25</v>
       </c>
       <c r="C287" t="s">
         <v>8</v>
       </c>
       <c r="D287" t="s">
         <v>11</v>
       </c>
       <c r="E287">
-        <v>638.0</v>
+        <v>768.3</v>
       </c>
     </row>
     <row r="288" spans="1:5">
       <c r="A288">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B288" t="s">
         <v>25</v>
       </c>
       <c r="C288" t="s">
         <v>12</v>
       </c>
       <c r="D288" t="s">
         <v>13</v>
       </c>
       <c r="E288">
-        <v>1158.0</v>
+        <v>1385.0</v>
       </c>
     </row>
     <row r="289" spans="1:5">
       <c r="A289">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B289" t="s">
         <v>25</v>
       </c>
       <c r="C289" t="s">
         <v>12</v>
       </c>
       <c r="D289" t="s">
         <v>14</v>
       </c>
       <c r="E289">
-        <v>2930.3</v>
+        <v>2926.8</v>
       </c>
     </row>
     <row r="290" spans="1:5">
       <c r="A290">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B290" t="s">
         <v>5</v>
       </c>
       <c r="C290" t="s">
         <v>6</v>
       </c>
       <c r="D290" t="s">
         <v>7</v>
       </c>
       <c r="E290">
-        <v>1800.9</v>
+        <v>1490.6</v>
       </c>
     </row>
     <row r="291" spans="1:5">
       <c r="A291">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B291" t="s">
         <v>5</v>
       </c>
       <c r="C291" t="s">
         <v>8</v>
       </c>
       <c r="D291" t="s">
         <v>9</v>
       </c>
       <c r="E291">
-        <v>1106.0</v>
+        <v>877.2</v>
       </c>
     </row>
     <row r="292" spans="1:5">
       <c r="A292">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B292" t="s">
         <v>5</v>
       </c>
       <c r="C292" t="s">
         <v>8</v>
       </c>
       <c r="D292" t="s">
         <v>10</v>
       </c>
       <c r="E292">
-        <v>1016.9</v>
+        <v>831.6</v>
       </c>
     </row>
     <row r="293" spans="1:5">
       <c r="A293">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B293" t="s">
         <v>5</v>
       </c>
       <c r="C293" t="s">
         <v>8</v>
       </c>
       <c r="D293" t="s">
         <v>11</v>
       </c>
       <c r="E293">
-        <v>717.7</v>
+        <v>730.7</v>
       </c>
     </row>
     <row r="294" spans="1:5">
       <c r="A294">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B294" t="s">
         <v>5</v>
       </c>
       <c r="C294" t="s">
         <v>12</v>
       </c>
       <c r="D294" t="s">
         <v>13</v>
       </c>
       <c r="E294">
-        <v>1262.4</v>
+        <v>1350.7</v>
       </c>
     </row>
     <row r="295" spans="1:5">
       <c r="A295">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="B295" t="s">
         <v>5</v>
       </c>
       <c r="C295" t="s">
         <v>12</v>
       </c>
       <c r="D295" t="s">
         <v>14</v>
       </c>
       <c r="E295">
-        <v>3221.8</v>
+        <v>3203.5</v>
       </c>
     </row>
     <row r="296" spans="1:5">
       <c r="A296">
         <v>2021</v>
       </c>
       <c r="B296" t="s">
         <v>15</v>
       </c>
       <c r="C296" t="s">
         <v>6</v>
       </c>
       <c r="D296" t="s">
         <v>7</v>
       </c>
       <c r="E296">
-        <v>1535.9</v>
+        <v>1866.2</v>
       </c>
     </row>
     <row r="297" spans="1:5">
       <c r="A297">
         <v>2021</v>
       </c>
       <c r="B297" t="s">
         <v>15</v>
       </c>
       <c r="C297" t="s">
         <v>8</v>
       </c>
       <c r="D297" t="s">
         <v>9</v>
       </c>
       <c r="E297">
-        <v>1002.2</v>
+        <v>1064.9</v>
       </c>
     </row>
     <row r="298" spans="1:5">
       <c r="A298">
         <v>2021</v>
       </c>
       <c r="B298" t="s">
         <v>15</v>
       </c>
       <c r="C298" t="s">
         <v>8</v>
       </c>
       <c r="D298" t="s">
         <v>10</v>
       </c>
       <c r="E298">
-        <v>896.0</v>
+        <v>1007.3</v>
       </c>
     </row>
     <row r="299" spans="1:5">
       <c r="A299">
         <v>2021</v>
       </c>
       <c r="B299" t="s">
         <v>15</v>
       </c>
       <c r="C299" t="s">
         <v>8</v>
       </c>
       <c r="D299" t="s">
         <v>11</v>
       </c>
       <c r="E299">
-        <v>545.4</v>
+        <v>774.3</v>
       </c>
     </row>
     <row r="300" spans="1:5">
       <c r="A300">
         <v>2021</v>
       </c>
       <c r="B300" t="s">
         <v>15</v>
       </c>
       <c r="C300" t="s">
         <v>12</v>
       </c>
       <c r="D300" t="s">
         <v>13</v>
       </c>
       <c r="E300">
-        <v>1366.7</v>
+        <v>1234.6</v>
       </c>
     </row>
     <row r="301" spans="1:5">
       <c r="A301">
         <v>2021</v>
       </c>
       <c r="B301" t="s">
         <v>15</v>
       </c>
       <c r="C301" t="s">
         <v>12</v>
       </c>
       <c r="D301" t="s">
         <v>14</v>
       </c>
       <c r="E301">
-        <v>2736.6</v>
+        <v>3675.2</v>
       </c>
     </row>
     <row r="302" spans="1:5">
       <c r="A302">
         <v>2021</v>
       </c>
       <c r="B302" t="s">
         <v>16</v>
       </c>
       <c r="C302" t="s">
         <v>6</v>
       </c>
       <c r="D302" t="s">
         <v>7</v>
       </c>
       <c r="E302">
-        <v>1658.7</v>
+        <v>1779.4</v>
       </c>
     </row>
     <row r="303" spans="1:5">
       <c r="A303">
         <v>2021</v>
       </c>
       <c r="B303" t="s">
         <v>16</v>
       </c>
       <c r="C303" t="s">
         <v>8</v>
       </c>
       <c r="D303" t="s">
         <v>9</v>
       </c>
       <c r="E303">
-        <v>1011.0</v>
+        <v>1024.1</v>
       </c>
     </row>
     <row r="304" spans="1:5">
       <c r="A304">
         <v>2021</v>
       </c>
       <c r="B304" t="s">
         <v>16</v>
       </c>
       <c r="C304" t="s">
         <v>8</v>
       </c>
       <c r="D304" t="s">
         <v>10</v>
       </c>
       <c r="E304">
-        <v>925.7</v>
+        <v>986.2</v>
       </c>
     </row>
     <row r="305" spans="1:5">
       <c r="A305">
         <v>2021</v>
       </c>
       <c r="B305" t="s">
         <v>16</v>
       </c>
       <c r="C305" t="s">
         <v>8</v>
       </c>
       <c r="D305" t="s">
         <v>11</v>
       </c>
       <c r="E305">
-        <v>640.2</v>
+        <v>638.1</v>
       </c>
     </row>
     <row r="306" spans="1:5">
       <c r="A306">
         <v>2021</v>
       </c>
       <c r="B306" t="s">
         <v>16</v>
       </c>
       <c r="C306" t="s">
         <v>12</v>
       </c>
       <c r="D306" t="s">
         <v>13</v>
       </c>
       <c r="E306">
-        <v>1255.3</v>
+        <v>1158.0</v>
       </c>
     </row>
     <row r="307" spans="1:5">
       <c r="A307">
         <v>2021</v>
       </c>
       <c r="B307" t="s">
         <v>16</v>
       </c>
       <c r="C307" t="s">
         <v>12</v>
       </c>
       <c r="D307" t="s">
         <v>14</v>
       </c>
       <c r="E307">
-        <v>3168.4</v>
+        <v>2930.3</v>
       </c>
     </row>
     <row r="308" spans="1:5">
       <c r="A308">
         <v>2021</v>
       </c>
       <c r="B308" t="s">
         <v>17</v>
       </c>
       <c r="C308" t="s">
         <v>6</v>
       </c>
       <c r="D308" t="s">
         <v>7</v>
       </c>
       <c r="E308">
-        <v>1659.7</v>
+        <v>1800.9</v>
       </c>
     </row>
     <row r="309" spans="1:5">
       <c r="A309">
         <v>2021</v>
       </c>
       <c r="B309" t="s">
         <v>17</v>
       </c>
       <c r="C309" t="s">
         <v>8</v>
       </c>
       <c r="D309" t="s">
         <v>9</v>
       </c>
       <c r="E309">
-        <v>985.2</v>
+        <v>1106.0</v>
       </c>
     </row>
     <row r="310" spans="1:5">
       <c r="A310">
         <v>2021</v>
       </c>
       <c r="B310" t="s">
         <v>17</v>
       </c>
       <c r="C310" t="s">
         <v>8</v>
       </c>
       <c r="D310" t="s">
         <v>10</v>
       </c>
       <c r="E310">
-        <v>903.9</v>
+        <v>1016.9</v>
       </c>
     </row>
     <row r="311" spans="1:5">
       <c r="A311">
         <v>2021</v>
       </c>
       <c r="B311" t="s">
         <v>17</v>
       </c>
       <c r="C311" t="s">
         <v>8</v>
       </c>
       <c r="D311" t="s">
         <v>11</v>
       </c>
       <c r="E311">
-        <v>581.1</v>
+        <v>717.7</v>
       </c>
     </row>
     <row r="312" spans="1:5">
       <c r="A312">
         <v>2021</v>
       </c>
       <c r="B312" t="s">
         <v>17</v>
       </c>
       <c r="C312" t="s">
         <v>12</v>
       </c>
       <c r="D312" t="s">
         <v>13</v>
       </c>
       <c r="E312">
-        <v>1116.2</v>
+        <v>1262.4</v>
       </c>
     </row>
     <row r="313" spans="1:5">
       <c r="A313">
         <v>2021</v>
       </c>
       <c r="B313" t="s">
         <v>17</v>
       </c>
       <c r="C313" t="s">
         <v>12</v>
       </c>
       <c r="D313" t="s">
         <v>14</v>
       </c>
       <c r="E313">
-        <v>2968.7</v>
+        <v>3221.8</v>
       </c>
     </row>
     <row r="314" spans="1:5">
       <c r="A314">
         <v>2021</v>
       </c>
       <c r="B314" t="s">
         <v>18</v>
       </c>
       <c r="C314" t="s">
         <v>6</v>
       </c>
       <c r="D314" t="s">
         <v>7</v>
       </c>
       <c r="E314">
-        <v>1379.3</v>
+        <v>1535.9</v>
       </c>
     </row>
     <row r="315" spans="1:5">
       <c r="A315">
         <v>2021</v>
       </c>
       <c r="B315" t="s">
         <v>18</v>
       </c>
       <c r="C315" t="s">
         <v>8</v>
       </c>
       <c r="D315" t="s">
         <v>9</v>
       </c>
       <c r="E315">
-        <v>782.5</v>
+        <v>1002.2</v>
       </c>
     </row>
     <row r="316" spans="1:5">
       <c r="A316">
         <v>2021</v>
       </c>
       <c r="B316" t="s">
         <v>18</v>
       </c>
       <c r="C316" t="s">
         <v>8</v>
       </c>
       <c r="D316" t="s">
         <v>10</v>
       </c>
       <c r="E316">
-        <v>754.9</v>
+        <v>896.5</v>
       </c>
     </row>
     <row r="317" spans="1:5">
       <c r="A317">
         <v>2021</v>
       </c>
       <c r="B317" t="s">
         <v>18</v>
       </c>
       <c r="C317" t="s">
         <v>8</v>
       </c>
       <c r="D317" t="s">
         <v>11</v>
       </c>
       <c r="E317">
-        <v>474.7</v>
+        <v>545.3</v>
       </c>
     </row>
     <row r="318" spans="1:5">
       <c r="A318">
         <v>2021</v>
       </c>
       <c r="B318" t="s">
         <v>18</v>
       </c>
       <c r="C318" t="s">
         <v>12</v>
       </c>
       <c r="D318" t="s">
         <v>13</v>
       </c>
       <c r="E318">
-        <v>979.3</v>
+        <v>1366.7</v>
       </c>
     </row>
     <row r="319" spans="1:5">
       <c r="A319">
         <v>2021</v>
       </c>
       <c r="B319" t="s">
         <v>18</v>
       </c>
       <c r="C319" t="s">
         <v>12</v>
       </c>
       <c r="D319" t="s">
         <v>14</v>
       </c>
       <c r="E319">
-        <v>2607.4</v>
+        <v>2736.6</v>
       </c>
     </row>
     <row r="320" spans="1:5">
       <c r="A320">
         <v>2021</v>
       </c>
       <c r="B320" t="s">
         <v>19</v>
       </c>
       <c r="C320" t="s">
         <v>6</v>
       </c>
       <c r="D320" t="s">
         <v>7</v>
       </c>
       <c r="E320">
-        <v>1563.1</v>
+        <v>1658.7</v>
       </c>
     </row>
     <row r="321" spans="1:5">
       <c r="A321">
         <v>2021</v>
       </c>
       <c r="B321" t="s">
         <v>19</v>
       </c>
       <c r="C321" t="s">
         <v>8</v>
       </c>
       <c r="D321" t="s">
         <v>9</v>
       </c>
       <c r="E321">
-        <v>917.1</v>
+        <v>1011.0</v>
       </c>
     </row>
     <row r="322" spans="1:5">
       <c r="A322">
         <v>2021</v>
       </c>
       <c r="B322" t="s">
         <v>19</v>
       </c>
       <c r="C322" t="s">
         <v>8</v>
       </c>
       <c r="D322" t="s">
         <v>10</v>
       </c>
       <c r="E322">
-        <v>766.7</v>
+        <v>925.7</v>
       </c>
     </row>
     <row r="323" spans="1:5">
       <c r="A323">
         <v>2021</v>
       </c>
       <c r="B323" t="s">
         <v>19</v>
       </c>
       <c r="C323" t="s">
         <v>8</v>
       </c>
       <c r="D323" t="s">
         <v>11</v>
       </c>
       <c r="E323">
-        <v>428.9</v>
+        <v>640.1</v>
       </c>
     </row>
     <row r="324" spans="1:5">
       <c r="A324">
         <v>2021</v>
       </c>
       <c r="B324" t="s">
         <v>19</v>
       </c>
       <c r="C324" t="s">
         <v>12</v>
       </c>
       <c r="D324" t="s">
         <v>13</v>
       </c>
       <c r="E324">
-        <v>914.9</v>
+        <v>1255.3</v>
       </c>
     </row>
     <row r="325" spans="1:5">
       <c r="A325">
         <v>2021</v>
       </c>
       <c r="B325" t="s">
         <v>19</v>
       </c>
       <c r="C325" t="s">
         <v>12</v>
       </c>
       <c r="D325" t="s">
         <v>14</v>
       </c>
       <c r="E325">
-        <v>2683.5</v>
+        <v>3168.4</v>
       </c>
     </row>
     <row r="326" spans="1:5">
       <c r="A326">
         <v>2021</v>
       </c>
       <c r="B326" t="s">
         <v>20</v>
       </c>
       <c r="C326" t="s">
         <v>6</v>
       </c>
       <c r="D326" t="s">
         <v>7</v>
       </c>
       <c r="E326">
-        <v>1391.1</v>
+        <v>1659.7</v>
       </c>
     </row>
     <row r="327" spans="1:5">
       <c r="A327">
         <v>2021</v>
       </c>
       <c r="B327" t="s">
         <v>20</v>
       </c>
       <c r="C327" t="s">
         <v>8</v>
       </c>
       <c r="D327" t="s">
         <v>9</v>
       </c>
       <c r="E327">
-        <v>837.5</v>
+        <v>985.2</v>
       </c>
     </row>
     <row r="328" spans="1:5">
       <c r="A328">
         <v>2021</v>
       </c>
       <c r="B328" t="s">
         <v>20</v>
       </c>
       <c r="C328" t="s">
         <v>8</v>
       </c>
       <c r="D328" t="s">
         <v>10</v>
       </c>
       <c r="E328">
-        <v>756.1</v>
+        <v>903.9</v>
       </c>
     </row>
     <row r="329" spans="1:5">
       <c r="A329">
         <v>2021</v>
       </c>
       <c r="B329" t="s">
         <v>20</v>
       </c>
       <c r="C329" t="s">
         <v>8</v>
       </c>
       <c r="D329" t="s">
         <v>11</v>
       </c>
       <c r="E329">
-        <v>295.9</v>
+        <v>581.2</v>
       </c>
     </row>
     <row r="330" spans="1:5">
       <c r="A330">
         <v>2021</v>
       </c>
       <c r="B330" t="s">
         <v>20</v>
       </c>
       <c r="C330" t="s">
         <v>12</v>
       </c>
       <c r="D330" t="s">
         <v>13</v>
       </c>
       <c r="E330">
-        <v>834.9</v>
+        <v>1116.2</v>
       </c>
     </row>
     <row r="331" spans="1:5">
       <c r="A331">
         <v>2021</v>
       </c>
       <c r="B331" t="s">
         <v>20</v>
       </c>
       <c r="C331" t="s">
         <v>12</v>
       </c>
       <c r="D331" t="s">
         <v>14</v>
       </c>
       <c r="E331">
-        <v>2377.2</v>
+        <v>2968.7</v>
       </c>
     </row>
     <row r="332" spans="1:5">
       <c r="A332">
         <v>2021</v>
       </c>
       <c r="B332" t="s">
         <v>21</v>
       </c>
       <c r="C332" t="s">
         <v>6</v>
       </c>
       <c r="D332" t="s">
         <v>7</v>
       </c>
       <c r="E332">
-        <v>1545.7</v>
+        <v>1379.3</v>
       </c>
     </row>
     <row r="333" spans="1:5">
       <c r="A333">
         <v>2021</v>
       </c>
       <c r="B333" t="s">
         <v>21</v>
       </c>
       <c r="C333" t="s">
         <v>8</v>
       </c>
       <c r="D333" t="s">
         <v>9</v>
       </c>
       <c r="E333">
-        <v>919.8</v>
+        <v>782.5</v>
       </c>
     </row>
     <row r="334" spans="1:5">
       <c r="A334">
         <v>2021</v>
       </c>
       <c r="B334" t="s">
         <v>21</v>
       </c>
       <c r="C334" t="s">
         <v>8</v>
       </c>
       <c r="D334" t="s">
         <v>10</v>
       </c>
       <c r="E334">
-        <v>841.1</v>
+        <v>754.7</v>
       </c>
     </row>
     <row r="335" spans="1:5">
       <c r="A335">
         <v>2021</v>
       </c>
       <c r="B335" t="s">
         <v>21</v>
       </c>
       <c r="C335" t="s">
         <v>8</v>
       </c>
       <c r="D335" t="s">
         <v>11</v>
       </c>
       <c r="E335">
-        <v>525.7</v>
+        <v>474.8</v>
       </c>
     </row>
     <row r="336" spans="1:5">
       <c r="A336">
         <v>2021</v>
       </c>
       <c r="B336" t="s">
         <v>21</v>
       </c>
       <c r="C336" t="s">
         <v>12</v>
       </c>
       <c r="D336" t="s">
         <v>13</v>
       </c>
       <c r="E336">
-        <v>989.4</v>
+        <v>979.3</v>
       </c>
     </row>
     <row r="337" spans="1:5">
       <c r="A337">
         <v>2021</v>
       </c>
       <c r="B337" t="s">
         <v>21</v>
       </c>
       <c r="C337" t="s">
         <v>12</v>
       </c>
       <c r="D337" t="s">
         <v>14</v>
       </c>
       <c r="E337">
-        <v>2626.7</v>
+        <v>2607.6</v>
       </c>
     </row>
     <row r="338" spans="1:5">
       <c r="A338">
         <v>2021</v>
       </c>
       <c r="B338" t="s">
         <v>22</v>
       </c>
       <c r="C338" t="s">
         <v>6</v>
       </c>
       <c r="D338" t="s">
         <v>7</v>
       </c>
       <c r="E338">
-        <v>1292.8</v>
+        <v>1563.1</v>
       </c>
     </row>
     <row r="339" spans="1:5">
       <c r="A339">
         <v>2021</v>
       </c>
       <c r="B339" t="s">
         <v>22</v>
       </c>
       <c r="C339" t="s">
         <v>8</v>
       </c>
       <c r="D339" t="s">
         <v>9</v>
       </c>
       <c r="E339">
-        <v>719.3</v>
+        <v>917.1</v>
       </c>
     </row>
     <row r="340" spans="1:5">
       <c r="A340">
         <v>2021</v>
       </c>
       <c r="B340" t="s">
         <v>22</v>
       </c>
       <c r="C340" t="s">
         <v>8</v>
       </c>
       <c r="D340" t="s">
         <v>10</v>
       </c>
       <c r="E340">
-        <v>648.1</v>
+        <v>765.4</v>
       </c>
     </row>
     <row r="341" spans="1:5">
       <c r="A341">
         <v>2021</v>
       </c>
       <c r="B341" t="s">
         <v>22</v>
       </c>
       <c r="C341" t="s">
         <v>8</v>
       </c>
       <c r="D341" t="s">
         <v>11</v>
       </c>
       <c r="E341">
-        <v>459.3</v>
+        <v>428.9</v>
       </c>
     </row>
     <row r="342" spans="1:5">
       <c r="A342">
         <v>2021</v>
       </c>
       <c r="B342" t="s">
         <v>22</v>
       </c>
       <c r="C342" t="s">
         <v>12</v>
       </c>
       <c r="D342" t="s">
         <v>13</v>
       </c>
       <c r="E342">
-        <v>844.6</v>
+        <v>914.9</v>
       </c>
     </row>
     <row r="343" spans="1:5">
       <c r="A343">
         <v>2021</v>
       </c>
       <c r="B343" t="s">
         <v>22</v>
       </c>
       <c r="C343" t="s">
         <v>12</v>
       </c>
       <c r="D343" t="s">
         <v>14</v>
       </c>
       <c r="E343">
-        <v>2253.5</v>
+        <v>2683.5</v>
       </c>
     </row>
     <row r="344" spans="1:5">
       <c r="A344">
         <v>2021</v>
       </c>
       <c r="B344" t="s">
         <v>23</v>
       </c>
       <c r="C344" t="s">
         <v>6</v>
       </c>
       <c r="D344" t="s">
         <v>7</v>
       </c>
       <c r="E344">
-        <v>1231.8</v>
+        <v>1391.1</v>
       </c>
     </row>
     <row r="345" spans="1:5">
       <c r="A345">
         <v>2021</v>
       </c>
       <c r="B345" t="s">
         <v>23</v>
       </c>
       <c r="C345" t="s">
         <v>8</v>
       </c>
       <c r="D345" t="s">
         <v>9</v>
       </c>
       <c r="E345">
-        <v>681.5</v>
+        <v>837.5</v>
       </c>
     </row>
     <row r="346" spans="1:5">
       <c r="A346">
         <v>2021</v>
       </c>
       <c r="B346" t="s">
         <v>23</v>
       </c>
       <c r="C346" t="s">
         <v>8</v>
       </c>
       <c r="D346" t="s">
         <v>10</v>
       </c>
       <c r="E346">
-        <v>595.6</v>
+        <v>756.1</v>
       </c>
     </row>
     <row r="347" spans="1:5">
       <c r="A347">
         <v>2021</v>
       </c>
       <c r="B347" t="s">
         <v>23</v>
       </c>
       <c r="C347" t="s">
         <v>8</v>
       </c>
       <c r="D347" t="s">
         <v>11</v>
       </c>
       <c r="E347">
-        <v>379.7</v>
+        <v>295.9</v>
       </c>
     </row>
     <row r="348" spans="1:5">
       <c r="A348">
         <v>2021</v>
       </c>
       <c r="B348" t="s">
         <v>23</v>
       </c>
       <c r="C348" t="s">
         <v>12</v>
       </c>
       <c r="D348" t="s">
         <v>13</v>
       </c>
       <c r="E348">
-        <v>642.0</v>
+        <v>834.9</v>
       </c>
     </row>
     <row r="349" spans="1:5">
       <c r="A349">
         <v>2021</v>
       </c>
       <c r="B349" t="s">
         <v>23</v>
       </c>
       <c r="C349" t="s">
         <v>12</v>
       </c>
       <c r="D349" t="s">
         <v>14</v>
       </c>
       <c r="E349">
-        <v>2227.3</v>
+        <v>2377.1</v>
       </c>
     </row>
     <row r="350" spans="1:5">
       <c r="A350">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B350" t="s">
         <v>24</v>
       </c>
       <c r="C350" t="s">
         <v>6</v>
       </c>
       <c r="D350" t="s">
         <v>7</v>
       </c>
       <c r="E350">
-        <v>1351.4</v>
+        <v>1545.7</v>
       </c>
     </row>
     <row r="351" spans="1:5">
       <c r="A351">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B351" t="s">
         <v>24</v>
       </c>
       <c r="C351" t="s">
         <v>8</v>
       </c>
       <c r="D351" t="s">
         <v>9</v>
       </c>
       <c r="E351">
-        <v>692.9</v>
+        <v>919.8</v>
       </c>
     </row>
     <row r="352" spans="1:5">
       <c r="A352">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B352" t="s">
         <v>24</v>
       </c>
       <c r="C352" t="s">
         <v>8</v>
       </c>
       <c r="D352" t="s">
         <v>10</v>
       </c>
       <c r="E352">
-        <v>685.1</v>
+        <v>841.1</v>
       </c>
     </row>
     <row r="353" spans="1:5">
       <c r="A353">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B353" t="s">
         <v>24</v>
       </c>
       <c r="C353" t="s">
         <v>8</v>
       </c>
       <c r="D353" t="s">
         <v>11</v>
       </c>
       <c r="E353">
-        <v>425.1</v>
+        <v>525.7</v>
       </c>
     </row>
     <row r="354" spans="1:5">
       <c r="A354">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B354" t="s">
         <v>24</v>
       </c>
       <c r="C354" t="s">
         <v>12</v>
       </c>
       <c r="D354" t="s">
         <v>13</v>
       </c>
       <c r="E354">
-        <v>672.1</v>
+        <v>989.4</v>
       </c>
     </row>
     <row r="355" spans="1:5">
       <c r="A355">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B355" t="s">
         <v>24</v>
       </c>
       <c r="C355" t="s">
         <v>12</v>
       </c>
       <c r="D355" t="s">
         <v>14</v>
       </c>
       <c r="E355">
-        <v>2329.4</v>
+        <v>2626.7</v>
       </c>
     </row>
     <row r="356" spans="1:5">
       <c r="A356">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B356" t="s">
         <v>25</v>
       </c>
       <c r="C356" t="s">
         <v>6</v>
       </c>
       <c r="D356" t="s">
         <v>7</v>
       </c>
       <c r="E356">
-        <v>1159.4</v>
+        <v>1292.8</v>
       </c>
     </row>
     <row r="357" spans="1:5">
       <c r="A357">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B357" t="s">
         <v>25</v>
       </c>
       <c r="C357" t="s">
         <v>8</v>
       </c>
       <c r="D357" t="s">
         <v>9</v>
       </c>
       <c r="E357">
-        <v>603.8</v>
+        <v>719.3</v>
       </c>
     </row>
     <row r="358" spans="1:5">
       <c r="A358">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B358" t="s">
         <v>25</v>
       </c>
       <c r="C358" t="s">
         <v>8</v>
       </c>
       <c r="D358" t="s">
         <v>10</v>
       </c>
       <c r="E358">
-        <v>615.5</v>
+        <v>648.1</v>
       </c>
     </row>
     <row r="359" spans="1:5">
       <c r="A359">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B359" t="s">
         <v>25</v>
       </c>
       <c r="C359" t="s">
         <v>8</v>
       </c>
       <c r="D359" t="s">
         <v>11</v>
       </c>
       <c r="E359">
-        <v>358.4</v>
+        <v>459.3</v>
       </c>
     </row>
     <row r="360" spans="1:5">
       <c r="A360">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B360" t="s">
         <v>25</v>
       </c>
       <c r="C360" t="s">
         <v>12</v>
       </c>
       <c r="D360" t="s">
         <v>13</v>
       </c>
       <c r="E360">
-        <v>458.0</v>
+        <v>844.6</v>
       </c>
     </row>
     <row r="361" spans="1:5">
       <c r="A361">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B361" t="s">
         <v>25</v>
       </c>
       <c r="C361" t="s">
         <v>12</v>
       </c>
       <c r="D361" t="s">
         <v>14</v>
       </c>
       <c r="E361">
-        <v>1867.7</v>
+        <v>2253.5</v>
       </c>
     </row>
     <row r="362" spans="1:5">
       <c r="A362">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B362" t="s">
         <v>5</v>
       </c>
       <c r="C362" t="s">
         <v>6</v>
       </c>
       <c r="D362" t="s">
         <v>7</v>
       </c>
       <c r="E362">
-        <v>1161.0</v>
+        <v>1231.8</v>
       </c>
     </row>
     <row r="363" spans="1:5">
       <c r="A363">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B363" t="s">
         <v>5</v>
       </c>
       <c r="C363" t="s">
         <v>8</v>
       </c>
       <c r="D363" t="s">
         <v>9</v>
       </c>
       <c r="E363">
-        <v>608.9</v>
+        <v>681.5</v>
       </c>
     </row>
     <row r="364" spans="1:5">
       <c r="A364">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B364" t="s">
         <v>5</v>
       </c>
       <c r="C364" t="s">
         <v>8</v>
       </c>
       <c r="D364" t="s">
         <v>10</v>
       </c>
       <c r="E364">
-        <v>606.6</v>
+        <v>595.6</v>
       </c>
     </row>
     <row r="365" spans="1:5">
       <c r="A365">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B365" t="s">
         <v>5</v>
       </c>
       <c r="C365" t="s">
         <v>8</v>
       </c>
       <c r="D365" t="s">
         <v>11</v>
       </c>
       <c r="E365">
-        <v>355.1</v>
+        <v>379.7</v>
       </c>
     </row>
     <row r="366" spans="1:5">
       <c r="A366">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B366" t="s">
         <v>5</v>
       </c>
       <c r="C366" t="s">
         <v>12</v>
       </c>
       <c r="D366" t="s">
         <v>13</v>
       </c>
       <c r="E366">
-        <v>561.9</v>
+        <v>642.0</v>
       </c>
     </row>
     <row r="367" spans="1:5">
       <c r="A367">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="B367" t="s">
         <v>5</v>
       </c>
       <c r="C367" t="s">
         <v>12</v>
       </c>
       <c r="D367" t="s">
         <v>14</v>
       </c>
       <c r="E367">
-        <v>1895.8</v>
+        <v>2227.4</v>
       </c>
     </row>
     <row r="368" spans="1:5">
       <c r="A368">
         <v>2020</v>
       </c>
       <c r="B368" t="s">
         <v>15</v>
       </c>
       <c r="C368" t="s">
         <v>6</v>
       </c>
       <c r="D368" t="s">
         <v>7</v>
       </c>
       <c r="E368">
-        <v>1180.1</v>
+        <v>1351.4</v>
       </c>
     </row>
     <row r="369" spans="1:5">
       <c r="A369">
         <v>2020</v>
       </c>
       <c r="B369" t="s">
         <v>15</v>
       </c>
       <c r="C369" t="s">
         <v>8</v>
       </c>
       <c r="D369" t="s">
         <v>9</v>
       </c>
       <c r="E369">
-        <v>503.1</v>
+        <v>692.9</v>
       </c>
     </row>
     <row r="370" spans="1:5">
       <c r="A370">
         <v>2020</v>
       </c>
       <c r="B370" t="s">
         <v>15</v>
       </c>
       <c r="C370" t="s">
         <v>8</v>
       </c>
       <c r="D370" t="s">
         <v>10</v>
       </c>
       <c r="E370">
-        <v>600.1</v>
+        <v>685.1</v>
       </c>
     </row>
     <row r="371" spans="1:5">
       <c r="A371">
         <v>2020</v>
       </c>
       <c r="B371" t="s">
         <v>15</v>
       </c>
       <c r="C371" t="s">
         <v>8</v>
       </c>
       <c r="D371" t="s">
         <v>11</v>
       </c>
       <c r="E371">
-        <v>370.8</v>
+        <v>425.1</v>
       </c>
     </row>
     <row r="372" spans="1:5">
       <c r="A372">
         <v>2020</v>
       </c>
       <c r="B372" t="s">
         <v>15</v>
       </c>
       <c r="C372" t="s">
         <v>12</v>
       </c>
       <c r="D372" t="s">
         <v>13</v>
       </c>
       <c r="E372">
-        <v>557.3</v>
+        <v>672.1</v>
       </c>
     </row>
     <row r="373" spans="1:5">
       <c r="A373">
         <v>2020</v>
       </c>
       <c r="B373" t="s">
         <v>15</v>
       </c>
       <c r="C373" t="s">
         <v>12</v>
       </c>
       <c r="D373" t="s">
         <v>14</v>
       </c>
       <c r="E373">
-        <v>1729.0</v>
+        <v>2329.4</v>
       </c>
     </row>
     <row r="374" spans="1:5">
       <c r="A374">
         <v>2020</v>
       </c>
       <c r="B374" t="s">
         <v>16</v>
       </c>
       <c r="C374" t="s">
         <v>6</v>
       </c>
       <c r="D374" t="s">
         <v>7</v>
       </c>
       <c r="E374">
-        <v>1177.1</v>
+        <v>1159.4</v>
       </c>
     </row>
     <row r="375" spans="1:5">
       <c r="A375">
         <v>2020</v>
       </c>
       <c r="B375" t="s">
         <v>16</v>
       </c>
       <c r="C375" t="s">
         <v>8</v>
       </c>
       <c r="D375" t="s">
         <v>9</v>
       </c>
       <c r="E375">
-        <v>467.4</v>
+        <v>603.8</v>
       </c>
     </row>
     <row r="376" spans="1:5">
       <c r="A376">
         <v>2020</v>
       </c>
       <c r="B376" t="s">
         <v>16</v>
       </c>
       <c r="C376" t="s">
         <v>8</v>
       </c>
       <c r="D376" t="s">
         <v>10</v>
       </c>
       <c r="E376">
-        <v>572.9</v>
+        <v>615.5</v>
       </c>
     </row>
     <row r="377" spans="1:5">
       <c r="A377">
         <v>2020</v>
       </c>
       <c r="B377" t="s">
         <v>16</v>
       </c>
       <c r="C377" t="s">
         <v>8</v>
       </c>
       <c r="D377" t="s">
         <v>11</v>
       </c>
       <c r="E377">
-        <v>312.9</v>
+        <v>358.4</v>
       </c>
     </row>
     <row r="378" spans="1:5">
       <c r="A378">
         <v>2020</v>
       </c>
       <c r="B378" t="s">
         <v>16</v>
       </c>
       <c r="C378" t="s">
         <v>12</v>
       </c>
       <c r="D378" t="s">
         <v>13</v>
       </c>
       <c r="E378">
-        <v>391.3</v>
+        <v>458.0</v>
       </c>
     </row>
     <row r="379" spans="1:5">
       <c r="A379">
         <v>2020</v>
       </c>
       <c r="B379" t="s">
         <v>16</v>
       </c>
       <c r="C379" t="s">
         <v>12</v>
       </c>
       <c r="D379" t="s">
         <v>14</v>
       </c>
       <c r="E379">
-        <v>1903.7</v>
+        <v>1867.7</v>
       </c>
     </row>
     <row r="380" spans="1:5">
       <c r="A380">
         <v>2020</v>
       </c>
       <c r="B380" t="s">
         <v>17</v>
       </c>
       <c r="C380" t="s">
         <v>6</v>
       </c>
       <c r="D380" t="s">
         <v>7</v>
       </c>
       <c r="E380">
-        <v>1221.4</v>
+        <v>1161.0</v>
       </c>
     </row>
     <row r="381" spans="1:5">
       <c r="A381">
         <v>2020</v>
       </c>
       <c r="B381" t="s">
         <v>17</v>
       </c>
       <c r="C381" t="s">
         <v>8</v>
       </c>
       <c r="D381" t="s">
         <v>9</v>
       </c>
       <c r="E381">
-        <v>466.8</v>
+        <v>608.9</v>
       </c>
     </row>
     <row r="382" spans="1:5">
       <c r="A382">
         <v>2020</v>
       </c>
       <c r="B382" t="s">
         <v>17</v>
       </c>
       <c r="C382" t="s">
         <v>8</v>
       </c>
       <c r="D382" t="s">
         <v>10</v>
       </c>
       <c r="E382">
-        <v>574.7</v>
+        <v>606.6</v>
       </c>
     </row>
     <row r="383" spans="1:5">
       <c r="A383">
         <v>2020</v>
       </c>
       <c r="B383" t="s">
         <v>17</v>
       </c>
       <c r="C383" t="s">
         <v>8</v>
       </c>
       <c r="D383" t="s">
         <v>11</v>
       </c>
       <c r="E383">
-        <v>298.2</v>
+        <v>355.1</v>
       </c>
     </row>
     <row r="384" spans="1:5">
       <c r="A384">
         <v>2020</v>
       </c>
       <c r="B384" t="s">
         <v>17</v>
       </c>
       <c r="C384" t="s">
         <v>12</v>
       </c>
       <c r="D384" t="s">
         <v>13</v>
       </c>
       <c r="E384">
-        <v>576.4</v>
+        <v>561.9</v>
       </c>
     </row>
     <row r="385" spans="1:5">
       <c r="A385">
         <v>2020</v>
       </c>
       <c r="B385" t="s">
         <v>17</v>
       </c>
       <c r="C385" t="s">
         <v>12</v>
       </c>
       <c r="D385" t="s">
         <v>14</v>
       </c>
       <c r="E385">
-        <v>1933.6</v>
+        <v>1895.8</v>
       </c>
     </row>
     <row r="386" spans="1:5">
       <c r="A386">
         <v>2020</v>
       </c>
       <c r="B386" t="s">
         <v>18</v>
       </c>
       <c r="C386" t="s">
         <v>6</v>
       </c>
       <c r="D386" t="s">
         <v>7</v>
       </c>
       <c r="E386">
-        <v>1060.0</v>
+        <v>1180.1</v>
       </c>
     </row>
     <row r="387" spans="1:5">
       <c r="A387">
         <v>2020</v>
       </c>
       <c r="B387" t="s">
         <v>18</v>
       </c>
       <c r="C387" t="s">
         <v>8</v>
       </c>
       <c r="D387" t="s">
         <v>9</v>
       </c>
       <c r="E387">
-        <v>279.8</v>
+        <v>503.1</v>
       </c>
     </row>
     <row r="388" spans="1:5">
       <c r="A388">
         <v>2020</v>
       </c>
       <c r="B388" t="s">
         <v>18</v>
       </c>
       <c r="C388" t="s">
         <v>8</v>
       </c>
       <c r="D388" t="s">
         <v>10</v>
       </c>
       <c r="E388">
-        <v>477.8</v>
+        <v>600.1</v>
       </c>
     </row>
     <row r="389" spans="1:5">
       <c r="A389">
         <v>2020</v>
       </c>
       <c r="B389" t="s">
         <v>18</v>
       </c>
       <c r="C389" t="s">
         <v>8</v>
       </c>
       <c r="D389" t="s">
         <v>11</v>
       </c>
       <c r="E389">
-        <v>219.9</v>
+        <v>370.8</v>
       </c>
     </row>
     <row r="390" spans="1:5">
       <c r="A390">
         <v>2020</v>
       </c>
       <c r="B390" t="s">
         <v>18</v>
       </c>
       <c r="C390" t="s">
         <v>12</v>
       </c>
       <c r="D390" t="s">
         <v>13</v>
       </c>
       <c r="E390">
-        <v>408.5</v>
+        <v>557.3</v>
       </c>
     </row>
     <row r="391" spans="1:5">
       <c r="A391">
         <v>2020</v>
       </c>
       <c r="B391" t="s">
         <v>18</v>
       </c>
       <c r="C391" t="s">
         <v>12</v>
       </c>
       <c r="D391" t="s">
         <v>14</v>
       </c>
       <c r="E391">
-        <v>1776.1</v>
+        <v>1729.0</v>
       </c>
     </row>
     <row r="392" spans="1:5">
       <c r="A392">
         <v>2020</v>
       </c>
       <c r="B392" t="s">
         <v>19</v>
       </c>
       <c r="C392" t="s">
         <v>6</v>
       </c>
       <c r="D392" t="s">
         <v>7</v>
       </c>
       <c r="E392">
-        <v>1065.5</v>
+        <v>1177.1</v>
       </c>
     </row>
     <row r="393" spans="1:5">
       <c r="A393">
         <v>2020</v>
       </c>
       <c r="B393" t="s">
         <v>19</v>
       </c>
       <c r="C393" t="s">
         <v>8</v>
       </c>
       <c r="D393" t="s">
         <v>9</v>
       </c>
       <c r="E393">
-        <v>292.3</v>
+        <v>467.4</v>
       </c>
     </row>
     <row r="394" spans="1:5">
       <c r="A394">
         <v>2020</v>
       </c>
       <c r="B394" t="s">
         <v>19</v>
       </c>
       <c r="C394" t="s">
         <v>8</v>
       </c>
       <c r="D394" t="s">
         <v>10</v>
       </c>
       <c r="E394">
-        <v>447.5</v>
+        <v>572.9</v>
       </c>
     </row>
     <row r="395" spans="1:5">
       <c r="A395">
         <v>2020</v>
       </c>
       <c r="B395" t="s">
         <v>19</v>
       </c>
       <c r="C395" t="s">
         <v>8</v>
       </c>
       <c r="D395" t="s">
         <v>11</v>
       </c>
       <c r="E395">
-        <v>196.3</v>
+        <v>312.9</v>
       </c>
     </row>
     <row r="396" spans="1:5">
       <c r="A396">
         <v>2020</v>
       </c>
       <c r="B396" t="s">
         <v>19</v>
       </c>
       <c r="C396" t="s">
         <v>12</v>
       </c>
       <c r="D396" t="s">
         <v>13</v>
       </c>
       <c r="E396">
-        <v>308.3</v>
+        <v>391.3</v>
       </c>
     </row>
     <row r="397" spans="1:5">
       <c r="A397">
         <v>2020</v>
       </c>
       <c r="B397" t="s">
         <v>19</v>
       </c>
       <c r="C397" t="s">
         <v>12</v>
       </c>
       <c r="D397" t="s">
         <v>14</v>
       </c>
       <c r="E397">
-        <v>1783.4</v>
+        <v>1903.7</v>
       </c>
     </row>
     <row r="398" spans="1:5">
       <c r="A398">
         <v>2020</v>
       </c>
       <c r="B398" t="s">
         <v>20</v>
       </c>
       <c r="C398" t="s">
         <v>6</v>
       </c>
       <c r="D398" t="s">
         <v>7</v>
       </c>
       <c r="E398">
-        <v>1155.6</v>
+        <v>1221.4</v>
       </c>
     </row>
     <row r="399" spans="1:5">
       <c r="A399">
         <v>2020</v>
       </c>
       <c r="B399" t="s">
         <v>20</v>
       </c>
       <c r="C399" t="s">
         <v>8</v>
       </c>
       <c r="D399" t="s">
         <v>9</v>
       </c>
       <c r="E399">
-        <v>352.7</v>
+        <v>466.8</v>
       </c>
     </row>
     <row r="400" spans="1:5">
       <c r="A400">
         <v>2020</v>
       </c>
       <c r="B400" t="s">
         <v>20</v>
       </c>
       <c r="C400" t="s">
         <v>8</v>
       </c>
       <c r="D400" t="s">
         <v>10</v>
       </c>
       <c r="E400">
-        <v>496.8</v>
+        <v>574.7</v>
       </c>
     </row>
     <row r="401" spans="1:5">
       <c r="A401">
         <v>2020</v>
       </c>
       <c r="B401" t="s">
         <v>20</v>
       </c>
       <c r="C401" t="s">
         <v>8</v>
       </c>
       <c r="D401" t="s">
         <v>11</v>
       </c>
       <c r="E401">
-        <v>215.9</v>
+        <v>298.2</v>
       </c>
     </row>
     <row r="402" spans="1:5">
       <c r="A402">
         <v>2020</v>
       </c>
       <c r="B402" t="s">
         <v>20</v>
       </c>
       <c r="C402" t="s">
         <v>12</v>
       </c>
       <c r="D402" t="s">
         <v>13</v>
       </c>
       <c r="E402">
-        <v>438.4</v>
+        <v>576.4</v>
       </c>
     </row>
     <row r="403" spans="1:5">
       <c r="A403">
         <v>2020</v>
       </c>
       <c r="B403" t="s">
         <v>20</v>
       </c>
       <c r="C403" t="s">
         <v>12</v>
       </c>
       <c r="D403" t="s">
         <v>14</v>
       </c>
       <c r="E403">
-        <v>1855.3</v>
+        <v>1933.6</v>
       </c>
     </row>
     <row r="404" spans="1:5">
       <c r="A404">
         <v>2020</v>
       </c>
       <c r="B404" t="s">
         <v>21</v>
       </c>
       <c r="C404" t="s">
         <v>6</v>
       </c>
       <c r="D404" t="s">
         <v>7</v>
       </c>
       <c r="E404">
-        <v>942.7</v>
+        <v>1060.0</v>
       </c>
     </row>
     <row r="405" spans="1:5">
       <c r="A405">
         <v>2020</v>
       </c>
       <c r="B405" t="s">
         <v>21</v>
       </c>
       <c r="C405" t="s">
         <v>8</v>
       </c>
       <c r="D405" t="s">
         <v>9</v>
       </c>
       <c r="E405">
-        <v>429.5</v>
+        <v>279.8</v>
       </c>
     </row>
     <row r="406" spans="1:5">
       <c r="A406">
         <v>2020</v>
       </c>
       <c r="B406" t="s">
         <v>21</v>
       </c>
       <c r="C406" t="s">
         <v>8</v>
       </c>
       <c r="D406" t="s">
         <v>10</v>
       </c>
       <c r="E406">
-        <v>602.8</v>
+        <v>477.8</v>
       </c>
     </row>
     <row r="407" spans="1:5">
       <c r="A407">
         <v>2020</v>
       </c>
       <c r="B407" t="s">
         <v>21</v>
       </c>
       <c r="C407" t="s">
         <v>8</v>
       </c>
       <c r="D407" t="s">
         <v>11</v>
       </c>
       <c r="E407">
-        <v>317.2</v>
+        <v>219.9</v>
       </c>
     </row>
     <row r="408" spans="1:5">
       <c r="A408">
         <v>2020</v>
       </c>
       <c r="B408" t="s">
         <v>21</v>
       </c>
       <c r="C408" t="s">
         <v>12</v>
       </c>
       <c r="D408" t="s">
         <v>13</v>
       </c>
       <c r="E408">
-        <v>708.7</v>
+        <v>408.5</v>
       </c>
     </row>
     <row r="409" spans="1:5">
       <c r="A409">
         <v>2020</v>
       </c>
       <c r="B409" t="s">
         <v>21</v>
       </c>
       <c r="C409" t="s">
         <v>12</v>
       </c>
       <c r="D409" t="s">
         <v>14</v>
       </c>
       <c r="E409">
-        <v>1717.1</v>
+        <v>1776.1</v>
       </c>
     </row>
     <row r="410" spans="1:5">
       <c r="A410">
         <v>2020</v>
       </c>
       <c r="B410" t="s">
         <v>22</v>
       </c>
       <c r="C410" t="s">
         <v>6</v>
       </c>
       <c r="D410" t="s">
         <v>7</v>
       </c>
       <c r="E410">
-        <v>957.1</v>
+        <v>1065.5</v>
       </c>
     </row>
     <row r="411" spans="1:5">
       <c r="A411">
         <v>2020</v>
       </c>
       <c r="B411" t="s">
         <v>22</v>
       </c>
       <c r="C411" t="s">
         <v>8</v>
       </c>
       <c r="D411" t="s">
         <v>9</v>
       </c>
       <c r="E411">
-        <v>379.5</v>
+        <v>292.3</v>
       </c>
     </row>
     <row r="412" spans="1:5">
       <c r="A412">
         <v>2020</v>
       </c>
       <c r="B412" t="s">
         <v>22</v>
       </c>
       <c r="C412" t="s">
         <v>8</v>
       </c>
       <c r="D412" t="s">
         <v>10</v>
       </c>
       <c r="E412">
-        <v>515.2</v>
+        <v>447.5</v>
       </c>
     </row>
     <row r="413" spans="1:5">
       <c r="A413">
         <v>2020</v>
       </c>
       <c r="B413" t="s">
         <v>22</v>
       </c>
       <c r="C413" t="s">
         <v>8</v>
       </c>
       <c r="D413" t="s">
         <v>11</v>
       </c>
       <c r="E413">
-        <v>407.1</v>
+        <v>196.3</v>
       </c>
     </row>
     <row r="414" spans="1:5">
       <c r="A414">
         <v>2020</v>
       </c>
       <c r="B414" t="s">
         <v>22</v>
       </c>
       <c r="C414" t="s">
         <v>12</v>
       </c>
       <c r="D414" t="s">
         <v>13</v>
       </c>
       <c r="E414">
-        <v>691.3</v>
+        <v>308.3</v>
       </c>
     </row>
     <row r="415" spans="1:5">
       <c r="A415">
         <v>2020</v>
       </c>
       <c r="B415" t="s">
         <v>22</v>
       </c>
       <c r="C415" t="s">
         <v>12</v>
       </c>
       <c r="D415" t="s">
         <v>14</v>
       </c>
       <c r="E415">
-        <v>1630.5</v>
+        <v>1783.4</v>
       </c>
     </row>
     <row r="416" spans="1:5">
       <c r="A416">
         <v>2020</v>
       </c>
       <c r="B416" t="s">
         <v>23</v>
       </c>
       <c r="C416" t="s">
         <v>6</v>
       </c>
       <c r="D416" t="s">
         <v>7</v>
       </c>
       <c r="E416">
-        <v>1176.5</v>
+        <v>1155.6</v>
       </c>
     </row>
     <row r="417" spans="1:5">
       <c r="A417">
         <v>2020</v>
       </c>
       <c r="B417" t="s">
         <v>23</v>
       </c>
       <c r="C417" t="s">
         <v>8</v>
       </c>
       <c r="D417" t="s">
         <v>9</v>
       </c>
       <c r="E417">
-        <v>536.7</v>
+        <v>352.7</v>
       </c>
     </row>
     <row r="418" spans="1:5">
       <c r="A418">
         <v>2020</v>
       </c>
       <c r="B418" t="s">
         <v>23</v>
       </c>
       <c r="C418" t="s">
         <v>8</v>
       </c>
       <c r="D418" t="s">
         <v>10</v>
       </c>
       <c r="E418">
-        <v>562.6</v>
+        <v>496.8</v>
       </c>
     </row>
     <row r="419" spans="1:5">
       <c r="A419">
         <v>2020</v>
       </c>
       <c r="B419" t="s">
         <v>23</v>
       </c>
       <c r="C419" t="s">
         <v>8</v>
       </c>
       <c r="D419" t="s">
         <v>11</v>
       </c>
       <c r="E419">
-        <v>463.8</v>
+        <v>215.9</v>
       </c>
     </row>
     <row r="420" spans="1:5">
       <c r="A420">
         <v>2020</v>
       </c>
       <c r="B420" t="s">
         <v>23</v>
       </c>
       <c r="C420" t="s">
         <v>12</v>
       </c>
       <c r="D420" t="s">
         <v>13</v>
       </c>
       <c r="E420">
-        <v>1044.7</v>
+        <v>438.4</v>
       </c>
     </row>
     <row r="421" spans="1:5">
       <c r="A421">
         <v>2020</v>
       </c>
       <c r="B421" t="s">
         <v>23</v>
       </c>
       <c r="C421" t="s">
         <v>12</v>
       </c>
       <c r="D421" t="s">
         <v>14</v>
       </c>
       <c r="E421">
-        <v>2049.9</v>
+        <v>1855.3</v>
       </c>
     </row>
     <row r="422" spans="1:5">
       <c r="A422">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B422" t="s">
         <v>24</v>
       </c>
       <c r="C422" t="s">
         <v>6</v>
       </c>
       <c r="D422" t="s">
         <v>7</v>
       </c>
       <c r="E422">
-        <v>1505.6</v>
+        <v>942.7</v>
       </c>
     </row>
     <row r="423" spans="1:5">
       <c r="A423">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B423" t="s">
         <v>24</v>
       </c>
       <c r="C423" t="s">
         <v>8</v>
       </c>
       <c r="D423" t="s">
         <v>9</v>
       </c>
       <c r="E423">
-        <v>455.6</v>
+        <v>429.5</v>
       </c>
     </row>
     <row r="424" spans="1:5">
       <c r="A424">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B424" t="s">
         <v>24</v>
       </c>
       <c r="C424" t="s">
         <v>8</v>
       </c>
       <c r="D424" t="s">
         <v>10</v>
       </c>
       <c r="E424">
-        <v>583.1</v>
+        <v>602.8</v>
       </c>
     </row>
     <row r="425" spans="1:5">
       <c r="A425">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B425" t="s">
         <v>24</v>
       </c>
       <c r="C425" t="s">
         <v>8</v>
       </c>
       <c r="D425" t="s">
         <v>11</v>
       </c>
       <c r="E425">
-        <v>449.2</v>
+        <v>317.2</v>
       </c>
     </row>
     <row r="426" spans="1:5">
       <c r="A426">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B426" t="s">
         <v>24</v>
       </c>
       <c r="C426" t="s">
         <v>12</v>
       </c>
       <c r="D426" t="s">
         <v>13</v>
       </c>
       <c r="E426">
-        <v>813.0</v>
+        <v>708.7</v>
       </c>
     </row>
     <row r="427" spans="1:5">
       <c r="A427">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B427" t="s">
         <v>24</v>
       </c>
       <c r="C427" t="s">
         <v>12</v>
       </c>
       <c r="D427" t="s">
         <v>14</v>
       </c>
       <c r="E427">
-        <v>1878.5</v>
+        <v>1717.1</v>
       </c>
     </row>
     <row r="428" spans="1:5">
       <c r="A428">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B428" t="s">
         <v>25</v>
       </c>
       <c r="C428" t="s">
         <v>6</v>
       </c>
       <c r="D428" t="s">
         <v>7</v>
       </c>
       <c r="E428">
-        <v>1379.8</v>
+        <v>957.1</v>
       </c>
     </row>
     <row r="429" spans="1:5">
       <c r="A429">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B429" t="s">
         <v>25</v>
       </c>
       <c r="C429" t="s">
         <v>8</v>
       </c>
       <c r="D429" t="s">
         <v>9</v>
       </c>
       <c r="E429">
-        <v>562.4</v>
+        <v>379.5</v>
       </c>
     </row>
     <row r="430" spans="1:5">
       <c r="A430">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B430" t="s">
         <v>25</v>
       </c>
       <c r="C430" t="s">
         <v>8</v>
       </c>
       <c r="D430" t="s">
         <v>10</v>
       </c>
       <c r="E430">
-        <v>590.6</v>
+        <v>515.2</v>
       </c>
     </row>
     <row r="431" spans="1:5">
       <c r="A431">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B431" t="s">
         <v>25</v>
       </c>
       <c r="C431" t="s">
         <v>8</v>
       </c>
       <c r="D431" t="s">
         <v>11</v>
       </c>
       <c r="E431">
-        <v>431.8</v>
+        <v>407.1</v>
       </c>
     </row>
     <row r="432" spans="1:5">
       <c r="A432">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B432" t="s">
         <v>25</v>
       </c>
       <c r="C432" t="s">
         <v>12</v>
       </c>
       <c r="D432" t="s">
         <v>13</v>
       </c>
       <c r="E432">
-        <v>785.9</v>
+        <v>691.3</v>
       </c>
     </row>
     <row r="433" spans="1:5">
       <c r="A433">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B433" t="s">
         <v>25</v>
       </c>
       <c r="C433" t="s">
         <v>12</v>
       </c>
       <c r="D433" t="s">
         <v>14</v>
       </c>
       <c r="E433">
-        <v>1872.8</v>
+        <v>1630.5</v>
       </c>
     </row>
     <row r="434" spans="1:5">
       <c r="A434">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B434" t="s">
         <v>5</v>
       </c>
       <c r="C434" t="s">
         <v>6</v>
       </c>
       <c r="D434" t="s">
         <v>7</v>
       </c>
       <c r="E434">
-        <v>1263.2</v>
+        <v>1176.5</v>
       </c>
     </row>
     <row r="435" spans="1:5">
       <c r="A435">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B435" t="s">
         <v>5</v>
       </c>
       <c r="C435" t="s">
         <v>8</v>
       </c>
       <c r="D435" t="s">
         <v>9</v>
       </c>
       <c r="E435">
-        <v>654.9</v>
+        <v>536.7</v>
       </c>
     </row>
     <row r="436" spans="1:5">
       <c r="A436">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B436" t="s">
         <v>5</v>
       </c>
       <c r="C436" t="s">
         <v>8</v>
       </c>
       <c r="D436" t="s">
         <v>10</v>
       </c>
       <c r="E436">
-        <v>591.8</v>
+        <v>562.6</v>
       </c>
     </row>
     <row r="437" spans="1:5">
       <c r="A437">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B437" t="s">
         <v>5</v>
       </c>
       <c r="C437" t="s">
         <v>8</v>
       </c>
       <c r="D437" t="s">
         <v>11</v>
       </c>
       <c r="E437">
-        <v>432.5</v>
+        <v>463.8</v>
       </c>
     </row>
     <row r="438" spans="1:5">
       <c r="A438">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B438" t="s">
         <v>5</v>
       </c>
       <c r="C438" t="s">
         <v>12</v>
       </c>
       <c r="D438" t="s">
         <v>13</v>
       </c>
       <c r="E438">
-        <v>901.5</v>
+        <v>1044.7</v>
       </c>
     </row>
     <row r="439" spans="1:5">
       <c r="A439">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B439" t="s">
         <v>5</v>
       </c>
       <c r="C439" t="s">
         <v>12</v>
       </c>
       <c r="D439" t="s">
         <v>14</v>
       </c>
       <c r="E439">
-        <v>2038.4</v>
+        <v>2049.9</v>
       </c>
     </row>
     <row r="440" spans="1:5">
       <c r="A440">
         <v>2019</v>
       </c>
       <c r="B440" t="s">
         <v>15</v>
       </c>
       <c r="C440" t="s">
         <v>6</v>
       </c>
       <c r="D440" t="s">
         <v>7</v>
       </c>
       <c r="E440">
-        <v>1264.7</v>
+        <v>1505.6</v>
       </c>
     </row>
     <row r="441" spans="1:5">
       <c r="A441">
         <v>2019</v>
       </c>
       <c r="B441" t="s">
         <v>15</v>
       </c>
       <c r="C441" t="s">
         <v>8</v>
       </c>
       <c r="D441" t="s">
         <v>9</v>
       </c>
       <c r="E441">
-        <v>561.3</v>
+        <v>455.6</v>
       </c>
     </row>
     <row r="442" spans="1:5">
       <c r="A442">
         <v>2019</v>
       </c>
       <c r="B442" t="s">
         <v>15</v>
       </c>
       <c r="C442" t="s">
         <v>8</v>
       </c>
       <c r="D442" t="s">
         <v>10</v>
       </c>
       <c r="E442">
-        <v>567.8</v>
+        <v>583.1</v>
       </c>
     </row>
     <row r="443" spans="1:5">
       <c r="A443">
         <v>2019</v>
       </c>
       <c r="B443" t="s">
         <v>15</v>
       </c>
       <c r="C443" t="s">
         <v>8</v>
       </c>
       <c r="D443" t="s">
         <v>11</v>
       </c>
       <c r="E443">
-        <v>496.4</v>
+        <v>449.2</v>
       </c>
     </row>
     <row r="444" spans="1:5">
       <c r="A444">
         <v>2019</v>
       </c>
       <c r="B444" t="s">
         <v>15</v>
       </c>
       <c r="C444" t="s">
         <v>12</v>
       </c>
       <c r="D444" t="s">
         <v>13</v>
       </c>
       <c r="E444">
-        <v>821.6</v>
+        <v>813.0</v>
       </c>
     </row>
     <row r="445" spans="1:5">
       <c r="A445">
         <v>2019</v>
       </c>
       <c r="B445" t="s">
         <v>15</v>
       </c>
       <c r="C445" t="s">
         <v>12</v>
       </c>
       <c r="D445" t="s">
         <v>14</v>
       </c>
       <c r="E445">
-        <v>1865.1</v>
+        <v>1878.5</v>
       </c>
     </row>
     <row r="446" spans="1:5">
       <c r="A446">
         <v>2019</v>
       </c>
       <c r="B446" t="s">
         <v>16</v>
       </c>
       <c r="C446" t="s">
         <v>6</v>
       </c>
       <c r="D446" t="s">
         <v>7</v>
       </c>
       <c r="E446">
-        <v>1252.0</v>
+        <v>1379.8</v>
       </c>
     </row>
     <row r="447" spans="1:5">
       <c r="A447">
         <v>2019</v>
       </c>
       <c r="B447" t="s">
         <v>16</v>
       </c>
       <c r="C447" t="s">
         <v>8</v>
       </c>
       <c r="D447" t="s">
         <v>9</v>
       </c>
       <c r="E447">
-        <v>654.4</v>
+        <v>562.4</v>
       </c>
     </row>
     <row r="448" spans="1:5">
       <c r="A448">
         <v>2019</v>
       </c>
       <c r="B448" t="s">
         <v>16</v>
       </c>
       <c r="C448" t="s">
         <v>8</v>
       </c>
       <c r="D448" t="s">
         <v>10</v>
       </c>
       <c r="E448">
-        <v>667.6</v>
+        <v>590.6</v>
       </c>
     </row>
     <row r="449" spans="1:5">
       <c r="A449">
         <v>2019</v>
       </c>
       <c r="B449" t="s">
         <v>16</v>
       </c>
       <c r="C449" t="s">
         <v>8</v>
       </c>
       <c r="D449" t="s">
         <v>11</v>
       </c>
       <c r="E449">
-        <v>514.8</v>
+        <v>431.8</v>
       </c>
     </row>
     <row r="450" spans="1:5">
       <c r="A450">
         <v>2019</v>
       </c>
       <c r="B450" t="s">
         <v>16</v>
       </c>
       <c r="C450" t="s">
         <v>12</v>
       </c>
       <c r="D450" t="s">
         <v>13</v>
       </c>
       <c r="E450">
-        <v>854.1</v>
+        <v>785.9</v>
       </c>
     </row>
     <row r="451" spans="1:5">
       <c r="A451">
         <v>2019</v>
       </c>
       <c r="B451" t="s">
         <v>16</v>
       </c>
       <c r="C451" t="s">
         <v>12</v>
       </c>
       <c r="D451" t="s">
         <v>14</v>
       </c>
       <c r="E451">
-        <v>2176.4</v>
+        <v>1872.8</v>
       </c>
     </row>
     <row r="452" spans="1:5">
       <c r="A452">
         <v>2019</v>
       </c>
       <c r="B452" t="s">
         <v>17</v>
       </c>
       <c r="C452" t="s">
         <v>6</v>
       </c>
       <c r="D452" t="s">
         <v>7</v>
       </c>
       <c r="E452">
-        <v>1343.0</v>
+        <v>1263.2</v>
       </c>
     </row>
     <row r="453" spans="1:5">
       <c r="A453">
         <v>2019</v>
       </c>
       <c r="B453" t="s">
         <v>17</v>
       </c>
       <c r="C453" t="s">
         <v>8</v>
       </c>
       <c r="D453" t="s">
         <v>9</v>
       </c>
       <c r="E453">
-        <v>645.6</v>
+        <v>654.9</v>
       </c>
     </row>
     <row r="454" spans="1:5">
       <c r="A454">
         <v>2019</v>
       </c>
       <c r="B454" t="s">
         <v>17</v>
       </c>
       <c r="C454" t="s">
         <v>8</v>
       </c>
       <c r="D454" t="s">
         <v>10</v>
       </c>
       <c r="E454">
-        <v>639.5</v>
+        <v>591.8</v>
       </c>
     </row>
     <row r="455" spans="1:5">
       <c r="A455">
         <v>2019</v>
       </c>
       <c r="B455" t="s">
         <v>17</v>
       </c>
       <c r="C455" t="s">
         <v>8</v>
       </c>
       <c r="D455" t="s">
         <v>11</v>
       </c>
       <c r="E455">
-        <v>497.5</v>
+        <v>432.5</v>
       </c>
     </row>
     <row r="456" spans="1:5">
       <c r="A456">
         <v>2019</v>
       </c>
       <c r="B456" t="s">
         <v>17</v>
       </c>
       <c r="C456" t="s">
         <v>12</v>
       </c>
       <c r="D456" t="s">
         <v>13</v>
       </c>
       <c r="E456">
-        <v>889.8</v>
+        <v>901.5</v>
       </c>
     </row>
     <row r="457" spans="1:5">
       <c r="A457">
         <v>2019</v>
       </c>
       <c r="B457" t="s">
         <v>17</v>
       </c>
       <c r="C457" t="s">
         <v>12</v>
       </c>
       <c r="D457" t="s">
         <v>14</v>
       </c>
       <c r="E457">
-        <v>2163.8</v>
+        <v>2038.4</v>
       </c>
     </row>
     <row r="458" spans="1:5">
       <c r="A458">
         <v>2019</v>
       </c>
       <c r="B458" t="s">
         <v>18</v>
       </c>
       <c r="C458" t="s">
         <v>6</v>
       </c>
       <c r="D458" t="s">
         <v>7</v>
       </c>
       <c r="E458">
-        <v>1124.9</v>
+        <v>1264.7</v>
       </c>
     </row>
     <row r="459" spans="1:5">
       <c r="A459">
         <v>2019</v>
       </c>
       <c r="B459" t="s">
         <v>18</v>
       </c>
       <c r="C459" t="s">
         <v>8</v>
       </c>
       <c r="D459" t="s">
         <v>9</v>
       </c>
       <c r="E459">
-        <v>547.0</v>
+        <v>561.3</v>
       </c>
     </row>
     <row r="460" spans="1:5">
       <c r="A460">
         <v>2019</v>
       </c>
       <c r="B460" t="s">
         <v>18</v>
       </c>
       <c r="C460" t="s">
         <v>8</v>
       </c>
       <c r="D460" t="s">
         <v>10</v>
       </c>
       <c r="E460">
-        <v>567.0</v>
+        <v>567.8</v>
       </c>
     </row>
     <row r="461" spans="1:5">
       <c r="A461">
         <v>2019</v>
       </c>
       <c r="B461" t="s">
         <v>18</v>
       </c>
       <c r="C461" t="s">
         <v>8</v>
       </c>
       <c r="D461" t="s">
         <v>11</v>
       </c>
       <c r="E461">
-        <v>456.0</v>
+        <v>496.4</v>
       </c>
     </row>
     <row r="462" spans="1:5">
       <c r="A462">
         <v>2019</v>
       </c>
       <c r="B462" t="s">
         <v>18</v>
       </c>
       <c r="C462" t="s">
         <v>12</v>
       </c>
       <c r="D462" t="s">
         <v>13</v>
       </c>
       <c r="E462">
-        <v>818.2</v>
+        <v>821.6</v>
       </c>
     </row>
     <row r="463" spans="1:5">
       <c r="A463">
         <v>2019</v>
       </c>
       <c r="B463" t="s">
         <v>18</v>
       </c>
       <c r="C463" t="s">
         <v>12</v>
       </c>
       <c r="D463" t="s">
         <v>14</v>
       </c>
       <c r="E463">
-        <v>1783.1</v>
+        <v>1865.1</v>
       </c>
     </row>
     <row r="464" spans="1:5">
       <c r="A464">
         <v>2019</v>
       </c>
       <c r="B464" t="s">
         <v>19</v>
       </c>
       <c r="C464" t="s">
         <v>6</v>
       </c>
       <c r="D464" t="s">
         <v>7</v>
       </c>
       <c r="E464">
-        <v>1276.5</v>
+        <v>1252.0</v>
       </c>
     </row>
     <row r="465" spans="1:5">
       <c r="A465">
         <v>2019</v>
       </c>
       <c r="B465" t="s">
         <v>19</v>
       </c>
       <c r="C465" t="s">
         <v>8</v>
       </c>
       <c r="D465" t="s">
         <v>9</v>
       </c>
       <c r="E465">
-        <v>643.5</v>
+        <v>654.4</v>
       </c>
     </row>
     <row r="466" spans="1:5">
       <c r="A466">
         <v>2019</v>
       </c>
       <c r="B466" t="s">
         <v>19</v>
       </c>
       <c r="C466" t="s">
         <v>8</v>
       </c>
       <c r="D466" t="s">
         <v>10</v>
       </c>
       <c r="E466">
-        <v>661.0</v>
+        <v>667.6</v>
       </c>
     </row>
     <row r="467" spans="1:5">
       <c r="A467">
         <v>2019</v>
       </c>
       <c r="B467" t="s">
         <v>19</v>
       </c>
       <c r="C467" t="s">
         <v>8</v>
       </c>
       <c r="D467" t="s">
         <v>11</v>
       </c>
       <c r="E467">
-        <v>449.8</v>
+        <v>514.8</v>
       </c>
     </row>
     <row r="468" spans="1:5">
       <c r="A468">
         <v>2019</v>
       </c>
       <c r="B468" t="s">
         <v>19</v>
       </c>
       <c r="C468" t="s">
         <v>12</v>
       </c>
       <c r="D468" t="s">
         <v>13</v>
       </c>
       <c r="E468">
-        <v>1194.2</v>
+        <v>854.1</v>
       </c>
     </row>
     <row r="469" spans="1:5">
       <c r="A469">
         <v>2019</v>
       </c>
       <c r="B469" t="s">
         <v>19</v>
       </c>
       <c r="C469" t="s">
         <v>12</v>
       </c>
       <c r="D469" t="s">
         <v>14</v>
       </c>
       <c r="E469">
-        <v>2130.7</v>
+        <v>2176.4</v>
       </c>
     </row>
     <row r="470" spans="1:5">
       <c r="A470">
         <v>2019</v>
       </c>
       <c r="B470" t="s">
         <v>20</v>
       </c>
       <c r="C470" t="s">
         <v>6</v>
       </c>
       <c r="D470" t="s">
         <v>7</v>
       </c>
       <c r="E470">
-        <v>1285.3</v>
+        <v>1343.0</v>
       </c>
     </row>
     <row r="471" spans="1:5">
       <c r="A471">
         <v>2019</v>
       </c>
       <c r="B471" t="s">
         <v>20</v>
       </c>
       <c r="C471" t="s">
         <v>8</v>
       </c>
       <c r="D471" t="s">
         <v>9</v>
       </c>
       <c r="E471">
-        <v>660.6</v>
+        <v>645.6</v>
       </c>
     </row>
     <row r="472" spans="1:5">
       <c r="A472">
         <v>2019</v>
       </c>
       <c r="B472" t="s">
         <v>20</v>
       </c>
       <c r="C472" t="s">
         <v>8</v>
       </c>
       <c r="D472" t="s">
         <v>10</v>
       </c>
       <c r="E472">
-        <v>615.7</v>
+        <v>639.5</v>
       </c>
     </row>
     <row r="473" spans="1:5">
       <c r="A473">
         <v>2019</v>
       </c>
       <c r="B473" t="s">
         <v>20</v>
       </c>
       <c r="C473" t="s">
         <v>8</v>
       </c>
       <c r="D473" t="s">
         <v>11</v>
       </c>
       <c r="E473">
-        <v>322.8</v>
+        <v>497.5</v>
       </c>
     </row>
     <row r="474" spans="1:5">
       <c r="A474">
         <v>2019</v>
       </c>
       <c r="B474" t="s">
         <v>20</v>
       </c>
       <c r="C474" t="s">
         <v>12</v>
       </c>
       <c r="D474" t="s">
         <v>13</v>
       </c>
       <c r="E474">
-        <v>916.0</v>
+        <v>889.8</v>
       </c>
     </row>
     <row r="475" spans="1:5">
       <c r="A475">
         <v>2019</v>
       </c>
       <c r="B475" t="s">
         <v>20</v>
       </c>
       <c r="C475" t="s">
         <v>12</v>
       </c>
       <c r="D475" t="s">
         <v>14</v>
       </c>
       <c r="E475">
-        <v>1866.6</v>
+        <v>2163.8</v>
       </c>
     </row>
     <row r="476" spans="1:5">
       <c r="A476">
         <v>2019</v>
       </c>
       <c r="B476" t="s">
         <v>21</v>
       </c>
       <c r="C476" t="s">
         <v>6</v>
       </c>
       <c r="D476" t="s">
         <v>7</v>
       </c>
       <c r="E476">
-        <v>1162.3</v>
+        <v>1124.9</v>
       </c>
     </row>
     <row r="477" spans="1:5">
       <c r="A477">
         <v>2019</v>
       </c>
       <c r="B477" t="s">
         <v>21</v>
       </c>
       <c r="C477" t="s">
         <v>8</v>
       </c>
       <c r="D477" t="s">
         <v>9</v>
       </c>
       <c r="E477">
-        <v>686.6</v>
+        <v>547.0</v>
       </c>
     </row>
     <row r="478" spans="1:5">
       <c r="A478">
         <v>2019</v>
       </c>
       <c r="B478" t="s">
         <v>21</v>
       </c>
       <c r="C478" t="s">
         <v>8</v>
       </c>
       <c r="D478" t="s">
         <v>10</v>
       </c>
       <c r="E478">
-        <v>630.0</v>
+        <v>567.0</v>
       </c>
     </row>
     <row r="479" spans="1:5">
       <c r="A479">
         <v>2019</v>
       </c>
       <c r="B479" t="s">
         <v>21</v>
       </c>
       <c r="C479" t="s">
         <v>8</v>
       </c>
       <c r="D479" t="s">
         <v>11</v>
       </c>
       <c r="E479">
-        <v>453.7</v>
+        <v>456.0</v>
       </c>
     </row>
     <row r="480" spans="1:5">
       <c r="A480">
         <v>2019</v>
       </c>
       <c r="B480" t="s">
         <v>21</v>
       </c>
       <c r="C480" t="s">
         <v>12</v>
       </c>
       <c r="D480" t="s">
         <v>13</v>
       </c>
       <c r="E480">
-        <v>931.9</v>
+        <v>818.2</v>
       </c>
     </row>
     <row r="481" spans="1:5">
       <c r="A481">
         <v>2019</v>
       </c>
       <c r="B481" t="s">
         <v>21</v>
       </c>
       <c r="C481" t="s">
         <v>12</v>
       </c>
       <c r="D481" t="s">
         <v>14</v>
       </c>
       <c r="E481">
-        <v>1996.8</v>
+        <v>1783.1</v>
       </c>
     </row>
     <row r="482" spans="1:5">
       <c r="A482">
         <v>2019</v>
       </c>
       <c r="B482" t="s">
         <v>22</v>
       </c>
       <c r="C482" t="s">
         <v>6</v>
       </c>
       <c r="D482" t="s">
         <v>7</v>
       </c>
       <c r="E482">
-        <v>1035.2</v>
+        <v>1276.5</v>
       </c>
     </row>
     <row r="483" spans="1:5">
       <c r="A483">
         <v>2019</v>
       </c>
       <c r="B483" t="s">
         <v>22</v>
       </c>
       <c r="C483" t="s">
         <v>8</v>
       </c>
       <c r="D483" t="s">
         <v>9</v>
       </c>
       <c r="E483">
-        <v>645.9</v>
+        <v>643.5</v>
       </c>
     </row>
     <row r="484" spans="1:5">
       <c r="A484">
         <v>2019</v>
       </c>
       <c r="B484" t="s">
         <v>22</v>
       </c>
       <c r="C484" t="s">
         <v>8</v>
       </c>
       <c r="D484" t="s">
         <v>10</v>
       </c>
       <c r="E484">
-        <v>542.9</v>
+        <v>661.0</v>
       </c>
     </row>
     <row r="485" spans="1:5">
       <c r="A485">
         <v>2019</v>
       </c>
       <c r="B485" t="s">
         <v>22</v>
       </c>
       <c r="C485" t="s">
         <v>8</v>
       </c>
       <c r="D485" t="s">
         <v>11</v>
       </c>
       <c r="E485">
-        <v>559.2</v>
+        <v>449.8</v>
       </c>
     </row>
     <row r="486" spans="1:5">
       <c r="A486">
         <v>2019</v>
       </c>
       <c r="B486" t="s">
         <v>22</v>
       </c>
       <c r="C486" t="s">
         <v>12</v>
       </c>
       <c r="D486" t="s">
         <v>13</v>
       </c>
       <c r="E486">
-        <v>866.1</v>
+        <v>1194.2</v>
       </c>
     </row>
     <row r="487" spans="1:5">
       <c r="A487">
         <v>2019</v>
       </c>
       <c r="B487" t="s">
         <v>22</v>
       </c>
       <c r="C487" t="s">
         <v>12</v>
       </c>
       <c r="D487" t="s">
         <v>14</v>
       </c>
       <c r="E487">
-        <v>1957.4</v>
+        <v>2130.7</v>
       </c>
     </row>
     <row r="488" spans="1:5">
       <c r="A488">
         <v>2019</v>
       </c>
       <c r="B488" t="s">
         <v>23</v>
       </c>
       <c r="C488" t="s">
         <v>6</v>
       </c>
       <c r="D488" t="s">
         <v>7</v>
       </c>
       <c r="E488">
-        <v>1314.0</v>
+        <v>1285.3</v>
       </c>
     </row>
     <row r="489" spans="1:5">
       <c r="A489">
         <v>2019</v>
       </c>
       <c r="B489" t="s">
         <v>23</v>
       </c>
       <c r="C489" t="s">
         <v>8</v>
       </c>
       <c r="D489" t="s">
         <v>9</v>
       </c>
       <c r="E489">
-        <v>661.5</v>
+        <v>660.6</v>
       </c>
     </row>
     <row r="490" spans="1:5">
       <c r="A490">
         <v>2019</v>
       </c>
       <c r="B490" t="s">
         <v>23</v>
       </c>
       <c r="C490" t="s">
         <v>8</v>
       </c>
       <c r="D490" t="s">
         <v>10</v>
       </c>
       <c r="E490">
-        <v>577.8</v>
+        <v>615.7</v>
       </c>
     </row>
     <row r="491" spans="1:5">
       <c r="A491">
         <v>2019</v>
       </c>
       <c r="B491" t="s">
         <v>23</v>
       </c>
       <c r="C491" t="s">
         <v>8</v>
       </c>
       <c r="D491" t="s">
         <v>11</v>
       </c>
       <c r="E491">
-        <v>555.7</v>
+        <v>322.8</v>
       </c>
     </row>
     <row r="492" spans="1:5">
       <c r="A492">
         <v>2019</v>
       </c>
       <c r="B492" t="s">
         <v>23</v>
       </c>
       <c r="C492" t="s">
         <v>12</v>
       </c>
       <c r="D492" t="s">
         <v>13</v>
       </c>
       <c r="E492">
-        <v>667.6</v>
+        <v>916.0</v>
       </c>
     </row>
     <row r="493" spans="1:5">
       <c r="A493">
         <v>2019</v>
       </c>
       <c r="B493" t="s">
         <v>23</v>
       </c>
       <c r="C493" t="s">
         <v>12</v>
       </c>
       <c r="D493" t="s">
         <v>14</v>
       </c>
       <c r="E493">
-        <v>2226.4</v>
+        <v>1866.6</v>
       </c>
     </row>
     <row r="494" spans="1:5">
       <c r="A494">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B494" t="s">
         <v>24</v>
       </c>
       <c r="C494" t="s">
         <v>6</v>
       </c>
       <c r="D494" t="s">
         <v>7</v>
       </c>
       <c r="E494">
-        <v>1428.3</v>
+        <v>1162.3</v>
       </c>
     </row>
     <row r="495" spans="1:5">
       <c r="A495">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B495" t="s">
         <v>24</v>
       </c>
       <c r="C495" t="s">
         <v>8</v>
       </c>
       <c r="D495" t="s">
         <v>9</v>
       </c>
       <c r="E495">
-        <v>676.9</v>
+        <v>686.6</v>
       </c>
     </row>
     <row r="496" spans="1:5">
       <c r="A496">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B496" t="s">
         <v>24</v>
       </c>
       <c r="C496" t="s">
         <v>8</v>
       </c>
       <c r="D496" t="s">
         <v>10</v>
       </c>
       <c r="E496">
-        <v>596.8</v>
+        <v>630.0</v>
       </c>
     </row>
     <row r="497" spans="1:5">
       <c r="A497">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B497" t="s">
         <v>24</v>
       </c>
       <c r="C497" t="s">
         <v>8</v>
       </c>
       <c r="D497" t="s">
         <v>11</v>
       </c>
       <c r="E497">
-        <v>549.0</v>
+        <v>453.7</v>
       </c>
     </row>
     <row r="498" spans="1:5">
       <c r="A498">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B498" t="s">
         <v>24</v>
       </c>
       <c r="C498" t="s">
         <v>12</v>
       </c>
       <c r="D498" t="s">
         <v>13</v>
       </c>
       <c r="E498">
-        <v>866.9</v>
+        <v>931.9</v>
       </c>
     </row>
     <row r="499" spans="1:5">
       <c r="A499">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B499" t="s">
         <v>24</v>
       </c>
       <c r="C499" t="s">
         <v>12</v>
       </c>
       <c r="D499" t="s">
         <v>14</v>
       </c>
       <c r="E499">
-        <v>2550.6</v>
+        <v>1996.8</v>
       </c>
     </row>
     <row r="500" spans="1:5">
       <c r="A500">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B500" t="s">
         <v>25</v>
       </c>
       <c r="C500" t="s">
         <v>6</v>
       </c>
       <c r="D500" t="s">
         <v>7</v>
       </c>
       <c r="E500">
-        <v>1275.6</v>
+        <v>1035.2</v>
       </c>
     </row>
     <row r="501" spans="1:5">
       <c r="A501">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B501" t="s">
         <v>25</v>
       </c>
       <c r="C501" t="s">
         <v>8</v>
       </c>
       <c r="D501" t="s">
         <v>9</v>
       </c>
       <c r="E501">
-        <v>730.9</v>
+        <v>645.9</v>
       </c>
     </row>
     <row r="502" spans="1:5">
       <c r="A502">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B502" t="s">
         <v>25</v>
       </c>
       <c r="C502" t="s">
         <v>8</v>
       </c>
       <c r="D502" t="s">
         <v>10</v>
       </c>
       <c r="E502">
-        <v>628.4</v>
+        <v>542.9</v>
       </c>
     </row>
     <row r="503" spans="1:5">
       <c r="A503">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B503" t="s">
         <v>25</v>
       </c>
       <c r="C503" t="s">
         <v>8</v>
       </c>
       <c r="D503" t="s">
         <v>11</v>
       </c>
       <c r="E503">
-        <v>462.6</v>
+        <v>559.2</v>
       </c>
     </row>
     <row r="504" spans="1:5">
       <c r="A504">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B504" t="s">
         <v>25</v>
       </c>
       <c r="C504" t="s">
         <v>12</v>
       </c>
       <c r="D504" t="s">
         <v>13</v>
       </c>
       <c r="E504">
-        <v>880.1</v>
+        <v>866.1</v>
       </c>
     </row>
     <row r="505" spans="1:5">
       <c r="A505">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B505" t="s">
         <v>25</v>
       </c>
       <c r="C505" t="s">
         <v>12</v>
       </c>
       <c r="D505" t="s">
         <v>14</v>
       </c>
       <c r="E505">
-        <v>1868.7</v>
+        <v>1957.4</v>
       </c>
     </row>
     <row r="506" spans="1:5">
       <c r="A506">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B506" t="s">
         <v>5</v>
       </c>
       <c r="C506" t="s">
         <v>6</v>
       </c>
       <c r="D506" t="s">
         <v>7</v>
       </c>
       <c r="E506">
-        <v>1595.6</v>
+        <v>1314.0</v>
       </c>
     </row>
     <row r="507" spans="1:5">
       <c r="A507">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B507" t="s">
         <v>5</v>
       </c>
       <c r="C507" t="s">
         <v>8</v>
       </c>
       <c r="D507" t="s">
         <v>9</v>
       </c>
       <c r="E507">
-        <v>857.7</v>
+        <v>661.5</v>
       </c>
     </row>
     <row r="508" spans="1:5">
       <c r="A508">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B508" t="s">
         <v>5</v>
       </c>
       <c r="C508" t="s">
         <v>8</v>
       </c>
       <c r="D508" t="s">
         <v>10</v>
       </c>
       <c r="E508">
-        <v>718.6</v>
+        <v>577.8</v>
       </c>
     </row>
     <row r="509" spans="1:5">
       <c r="A509">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B509" t="s">
         <v>5</v>
       </c>
       <c r="C509" t="s">
         <v>8</v>
       </c>
       <c r="D509" t="s">
         <v>11</v>
       </c>
       <c r="E509">
-        <v>611.1</v>
+        <v>555.7</v>
       </c>
     </row>
     <row r="510" spans="1:5">
       <c r="A510">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B510" t="s">
         <v>5</v>
       </c>
       <c r="C510" t="s">
         <v>12</v>
       </c>
       <c r="D510" t="s">
         <v>13</v>
       </c>
       <c r="E510">
-        <v>1119.2</v>
+        <v>667.6</v>
       </c>
     </row>
     <row r="511" spans="1:5">
       <c r="A511">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B511" t="s">
         <v>5</v>
       </c>
       <c r="C511" t="s">
         <v>12</v>
       </c>
       <c r="D511" t="s">
         <v>14</v>
       </c>
       <c r="E511">
-        <v>2377.9</v>
+        <v>2226.4</v>
       </c>
     </row>
     <row r="512" spans="1:5">
       <c r="A512">
         <v>2018</v>
       </c>
       <c r="B512" t="s">
         <v>15</v>
       </c>
       <c r="C512" t="s">
         <v>6</v>
       </c>
       <c r="D512" t="s">
         <v>7</v>
       </c>
       <c r="E512">
-        <v>1304.3</v>
+        <v>1428.3</v>
       </c>
     </row>
     <row r="513" spans="1:5">
       <c r="A513">
         <v>2018</v>
       </c>
       <c r="B513" t="s">
         <v>15</v>
       </c>
       <c r="C513" t="s">
         <v>8</v>
       </c>
       <c r="D513" t="s">
         <v>9</v>
       </c>
       <c r="E513">
-        <v>742.6</v>
+        <v>676.9</v>
       </c>
     </row>
     <row r="514" spans="1:5">
       <c r="A514">
         <v>2018</v>
       </c>
       <c r="B514" t="s">
         <v>15</v>
       </c>
       <c r="C514" t="s">
         <v>8</v>
       </c>
       <c r="D514" t="s">
         <v>10</v>
       </c>
       <c r="E514">
-        <v>591.0</v>
+        <v>596.8</v>
       </c>
     </row>
     <row r="515" spans="1:5">
       <c r="A515">
         <v>2018</v>
       </c>
       <c r="B515" t="s">
         <v>15</v>
       </c>
       <c r="C515" t="s">
         <v>8</v>
       </c>
       <c r="D515" t="s">
         <v>11</v>
       </c>
       <c r="E515">
-        <v>575.8</v>
+        <v>549.0</v>
       </c>
     </row>
     <row r="516" spans="1:5">
       <c r="A516">
         <v>2018</v>
       </c>
       <c r="B516" t="s">
         <v>15</v>
       </c>
       <c r="C516" t="s">
         <v>12</v>
       </c>
       <c r="D516" t="s">
         <v>13</v>
       </c>
       <c r="E516">
-        <v>777.3</v>
+        <v>866.9</v>
       </c>
     </row>
     <row r="517" spans="1:5">
       <c r="A517">
         <v>2018</v>
       </c>
       <c r="B517" t="s">
         <v>15</v>
       </c>
       <c r="C517" t="s">
         <v>12</v>
       </c>
       <c r="D517" t="s">
         <v>14</v>
       </c>
       <c r="E517">
-        <v>1887.2</v>
+        <v>2550.6</v>
       </c>
     </row>
     <row r="518" spans="1:5">
       <c r="A518">
         <v>2018</v>
       </c>
       <c r="B518" t="s">
         <v>16</v>
       </c>
       <c r="C518" t="s">
         <v>6</v>
       </c>
       <c r="D518" t="s">
         <v>7</v>
       </c>
       <c r="E518">
-        <v>1341.4</v>
+        <v>1275.6</v>
       </c>
     </row>
     <row r="519" spans="1:5">
       <c r="A519">
         <v>2018</v>
       </c>
       <c r="B519" t="s">
         <v>16</v>
       </c>
       <c r="C519" t="s">
         <v>8</v>
       </c>
       <c r="D519" t="s">
         <v>9</v>
       </c>
       <c r="E519">
-        <v>791.3</v>
+        <v>730.9</v>
       </c>
     </row>
     <row r="520" spans="1:5">
       <c r="A520">
         <v>2018</v>
       </c>
       <c r="B520" t="s">
         <v>16</v>
       </c>
       <c r="C520" t="s">
         <v>8</v>
       </c>
       <c r="D520" t="s">
         <v>10</v>
       </c>
       <c r="E520">
-        <v>736.9</v>
+        <v>628.4</v>
       </c>
     </row>
     <row r="521" spans="1:5">
       <c r="A521">
         <v>2018</v>
       </c>
       <c r="B521" t="s">
         <v>16</v>
       </c>
       <c r="C521" t="s">
         <v>8</v>
       </c>
       <c r="D521" t="s">
         <v>11</v>
       </c>
       <c r="E521">
-        <v>680.8</v>
+        <v>462.6</v>
       </c>
     </row>
     <row r="522" spans="1:5">
       <c r="A522">
         <v>2018</v>
       </c>
       <c r="B522" t="s">
         <v>16</v>
       </c>
       <c r="C522" t="s">
         <v>12</v>
       </c>
       <c r="D522" t="s">
         <v>13</v>
       </c>
       <c r="E522">
-        <v>1100.0</v>
+        <v>880.1</v>
       </c>
     </row>
     <row r="523" spans="1:5">
       <c r="A523">
         <v>2018</v>
       </c>
       <c r="B523" t="s">
         <v>16</v>
       </c>
       <c r="C523" t="s">
         <v>12</v>
       </c>
       <c r="D523" t="s">
         <v>14</v>
       </c>
       <c r="E523">
-        <v>2263.9</v>
+        <v>1868.7</v>
       </c>
     </row>
     <row r="524" spans="1:5">
       <c r="A524">
         <v>2018</v>
       </c>
       <c r="B524" t="s">
         <v>17</v>
       </c>
       <c r="C524" t="s">
         <v>6</v>
       </c>
       <c r="D524" t="s">
         <v>7</v>
       </c>
       <c r="E524">
-        <v>1269.2</v>
+        <v>1595.6</v>
       </c>
     </row>
     <row r="525" spans="1:5">
       <c r="A525">
         <v>2018</v>
       </c>
       <c r="B525" t="s">
         <v>17</v>
       </c>
       <c r="C525" t="s">
         <v>8</v>
       </c>
       <c r="D525" t="s">
         <v>9</v>
       </c>
       <c r="E525">
-        <v>732.8</v>
+        <v>857.7</v>
       </c>
     </row>
     <row r="526" spans="1:5">
       <c r="A526">
         <v>2018</v>
       </c>
       <c r="B526" t="s">
         <v>17</v>
       </c>
       <c r="C526" t="s">
         <v>8</v>
       </c>
       <c r="D526" t="s">
         <v>10</v>
       </c>
       <c r="E526">
-        <v>637.0</v>
+        <v>718.6</v>
       </c>
     </row>
     <row r="527" spans="1:5">
       <c r="A527">
         <v>2018</v>
       </c>
       <c r="B527" t="s">
         <v>17</v>
       </c>
       <c r="C527" t="s">
         <v>8</v>
       </c>
       <c r="D527" t="s">
         <v>11</v>
       </c>
       <c r="E527">
-        <v>521.5</v>
+        <v>611.1</v>
       </c>
     </row>
     <row r="528" spans="1:5">
       <c r="A528">
         <v>2018</v>
       </c>
       <c r="B528" t="s">
         <v>17</v>
       </c>
       <c r="C528" t="s">
         <v>12</v>
       </c>
       <c r="D528" t="s">
         <v>13</v>
       </c>
       <c r="E528">
-        <v>889.9</v>
+        <v>1119.2</v>
       </c>
     </row>
     <row r="529" spans="1:5">
       <c r="A529">
         <v>2018</v>
       </c>
       <c r="B529" t="s">
         <v>17</v>
       </c>
       <c r="C529" t="s">
         <v>12</v>
       </c>
       <c r="D529" t="s">
         <v>14</v>
       </c>
       <c r="E529">
-        <v>2040.6</v>
+        <v>2377.9</v>
       </c>
     </row>
     <row r="530" spans="1:5">
       <c r="A530">
         <v>2018</v>
       </c>
       <c r="B530" t="s">
         <v>18</v>
       </c>
       <c r="C530" t="s">
         <v>6</v>
       </c>
       <c r="D530" t="s">
         <v>7</v>
       </c>
       <c r="E530">
-        <v>1140.8</v>
+        <v>1304.3</v>
       </c>
     </row>
     <row r="531" spans="1:5">
       <c r="A531">
         <v>2018</v>
       </c>
       <c r="B531" t="s">
         <v>18</v>
       </c>
       <c r="C531" t="s">
         <v>8</v>
       </c>
       <c r="D531" t="s">
         <v>9</v>
       </c>
       <c r="E531">
-        <v>736.5</v>
+        <v>742.6</v>
       </c>
     </row>
     <row r="532" spans="1:5">
       <c r="A532">
         <v>2018</v>
       </c>
       <c r="B532" t="s">
         <v>18</v>
       </c>
       <c r="C532" t="s">
         <v>8</v>
       </c>
       <c r="D532" t="s">
         <v>10</v>
       </c>
       <c r="E532">
-        <v>648.5</v>
+        <v>591.0</v>
       </c>
     </row>
     <row r="533" spans="1:5">
       <c r="A533">
         <v>2018</v>
       </c>
       <c r="B533" t="s">
         <v>18</v>
       </c>
       <c r="C533" t="s">
         <v>8</v>
       </c>
       <c r="D533" t="s">
         <v>11</v>
       </c>
       <c r="E533">
-        <v>565.9</v>
+        <v>575.8</v>
       </c>
     </row>
     <row r="534" spans="1:5">
       <c r="A534">
         <v>2018</v>
       </c>
       <c r="B534" t="s">
         <v>18</v>
       </c>
       <c r="C534" t="s">
         <v>12</v>
       </c>
       <c r="D534" t="s">
         <v>13</v>
       </c>
       <c r="E534">
-        <v>1098.3</v>
+        <v>777.3</v>
       </c>
     </row>
     <row r="535" spans="1:5">
       <c r="A535">
         <v>2018</v>
       </c>
       <c r="B535" t="s">
         <v>18</v>
       </c>
       <c r="C535" t="s">
         <v>12</v>
       </c>
       <c r="D535" t="s">
         <v>14</v>
       </c>
       <c r="E535">
-        <v>2126.8</v>
+        <v>1887.2</v>
       </c>
     </row>
     <row r="536" spans="1:5">
       <c r="A536">
         <v>2018</v>
       </c>
       <c r="B536" t="s">
         <v>19</v>
       </c>
       <c r="C536" t="s">
         <v>6</v>
       </c>
       <c r="D536" t="s">
         <v>7</v>
       </c>
       <c r="E536">
-        <v>1383.8</v>
+        <v>1341.4</v>
       </c>
     </row>
     <row r="537" spans="1:5">
       <c r="A537">
         <v>2018</v>
       </c>
       <c r="B537" t="s">
         <v>19</v>
       </c>
       <c r="C537" t="s">
         <v>8</v>
       </c>
       <c r="D537" t="s">
         <v>9</v>
       </c>
       <c r="E537">
-        <v>789.7</v>
+        <v>791.3</v>
       </c>
     </row>
     <row r="538" spans="1:5">
       <c r="A538">
         <v>2018</v>
       </c>
       <c r="B538" t="s">
         <v>19</v>
       </c>
       <c r="C538" t="s">
         <v>8</v>
       </c>
       <c r="D538" t="s">
         <v>10</v>
       </c>
       <c r="E538">
-        <v>636.8</v>
+        <v>736.9</v>
       </c>
     </row>
     <row r="539" spans="1:5">
       <c r="A539">
         <v>2018</v>
       </c>
       <c r="B539" t="s">
         <v>19</v>
       </c>
       <c r="C539" t="s">
         <v>8</v>
       </c>
       <c r="D539" t="s">
         <v>11</v>
       </c>
       <c r="E539">
-        <v>445.3</v>
+        <v>680.8</v>
       </c>
     </row>
     <row r="540" spans="1:5">
       <c r="A540">
         <v>2018</v>
       </c>
       <c r="B540" t="s">
         <v>19</v>
       </c>
       <c r="C540" t="s">
         <v>12</v>
       </c>
       <c r="D540" t="s">
         <v>13</v>
       </c>
       <c r="E540">
-        <v>997.4</v>
+        <v>1100.0</v>
       </c>
     </row>
     <row r="541" spans="1:5">
       <c r="A541">
         <v>2018</v>
       </c>
       <c r="B541" t="s">
         <v>19</v>
       </c>
       <c r="C541" t="s">
         <v>12</v>
       </c>
       <c r="D541" t="s">
         <v>14</v>
       </c>
       <c r="E541">
-        <v>2145.9</v>
+        <v>2263.9</v>
       </c>
     </row>
     <row r="542" spans="1:5">
       <c r="A542">
         <v>2018</v>
       </c>
       <c r="B542" t="s">
         <v>20</v>
       </c>
       <c r="C542" t="s">
         <v>6</v>
       </c>
       <c r="D542" t="s">
         <v>7</v>
       </c>
       <c r="E542">
-        <v>1164.8</v>
+        <v>1269.2</v>
       </c>
     </row>
     <row r="543" spans="1:5">
       <c r="A543">
         <v>2018</v>
       </c>
       <c r="B543" t="s">
         <v>20</v>
       </c>
       <c r="C543" t="s">
         <v>8</v>
       </c>
       <c r="D543" t="s">
         <v>9</v>
       </c>
       <c r="E543">
-        <v>716.0</v>
+        <v>732.8</v>
       </c>
     </row>
     <row r="544" spans="1:5">
       <c r="A544">
         <v>2018</v>
       </c>
       <c r="B544" t="s">
         <v>20</v>
       </c>
       <c r="C544" t="s">
         <v>8</v>
       </c>
       <c r="D544" t="s">
         <v>10</v>
       </c>
       <c r="E544">
-        <v>612.6</v>
+        <v>637.0</v>
       </c>
     </row>
     <row r="545" spans="1:5">
       <c r="A545">
         <v>2018</v>
       </c>
       <c r="B545" t="s">
         <v>20</v>
       </c>
       <c r="C545" t="s">
         <v>8</v>
       </c>
       <c r="D545" t="s">
         <v>11</v>
       </c>
       <c r="E545">
-        <v>319.7</v>
+        <v>521.5</v>
       </c>
     </row>
     <row r="546" spans="1:5">
       <c r="A546">
         <v>2018</v>
       </c>
       <c r="B546" t="s">
         <v>20</v>
       </c>
       <c r="C546" t="s">
         <v>12</v>
       </c>
       <c r="D546" t="s">
         <v>13</v>
       </c>
       <c r="E546">
-        <v>990.6</v>
+        <v>889.9</v>
       </c>
     </row>
     <row r="547" spans="1:5">
       <c r="A547">
         <v>2018</v>
       </c>
       <c r="B547" t="s">
         <v>20</v>
       </c>
       <c r="C547" t="s">
         <v>12</v>
       </c>
       <c r="D547" t="s">
         <v>14</v>
       </c>
       <c r="E547">
-        <v>2005.8</v>
+        <v>2040.6</v>
       </c>
     </row>
     <row r="548" spans="1:5">
       <c r="A548">
         <v>2018</v>
       </c>
       <c r="B548" t="s">
         <v>21</v>
       </c>
       <c r="C548" t="s">
         <v>6</v>
       </c>
       <c r="D548" t="s">
         <v>7</v>
       </c>
       <c r="E548">
-        <v>1275.4</v>
+        <v>1140.8</v>
       </c>
     </row>
     <row r="549" spans="1:5">
       <c r="A549">
         <v>2018</v>
       </c>
       <c r="B549" t="s">
         <v>21</v>
       </c>
       <c r="C549" t="s">
         <v>8</v>
       </c>
       <c r="D549" t="s">
         <v>9</v>
       </c>
       <c r="E549">
-        <v>779.9</v>
+        <v>736.5</v>
       </c>
     </row>
     <row r="550" spans="1:5">
       <c r="A550">
         <v>2018</v>
       </c>
       <c r="B550" t="s">
         <v>21</v>
       </c>
       <c r="C550" t="s">
         <v>8</v>
       </c>
       <c r="D550" t="s">
         <v>10</v>
       </c>
       <c r="E550">
-        <v>624.0</v>
+        <v>648.5</v>
       </c>
     </row>
     <row r="551" spans="1:5">
       <c r="A551">
         <v>2018</v>
       </c>
       <c r="B551" t="s">
         <v>21</v>
       </c>
       <c r="C551" t="s">
         <v>8</v>
       </c>
       <c r="D551" t="s">
         <v>11</v>
       </c>
       <c r="E551">
-        <v>583.2</v>
+        <v>565.9</v>
       </c>
     </row>
     <row r="552" spans="1:5">
       <c r="A552">
         <v>2018</v>
       </c>
       <c r="B552" t="s">
         <v>21</v>
       </c>
       <c r="C552" t="s">
         <v>12</v>
       </c>
       <c r="D552" t="s">
         <v>13</v>
       </c>
       <c r="E552">
-        <v>951.2</v>
+        <v>1098.3</v>
       </c>
     </row>
     <row r="553" spans="1:5">
       <c r="A553">
         <v>2018</v>
       </c>
       <c r="B553" t="s">
         <v>21</v>
       </c>
       <c r="C553" t="s">
         <v>12</v>
       </c>
       <c r="D553" t="s">
         <v>14</v>
       </c>
       <c r="E553">
-        <v>1996.8</v>
+        <v>2126.8</v>
       </c>
     </row>
     <row r="554" spans="1:5">
       <c r="A554">
         <v>2018</v>
       </c>
       <c r="B554" t="s">
         <v>22</v>
       </c>
       <c r="C554" t="s">
         <v>6</v>
       </c>
       <c r="D554" t="s">
         <v>7</v>
       </c>
       <c r="E554">
-        <v>999.6</v>
+        <v>1383.8</v>
       </c>
     </row>
     <row r="555" spans="1:5">
       <c r="A555">
         <v>2018</v>
       </c>
       <c r="B555" t="s">
         <v>22</v>
       </c>
       <c r="C555" t="s">
         <v>8</v>
       </c>
       <c r="D555" t="s">
         <v>9</v>
       </c>
       <c r="E555">
-        <v>634.6</v>
+        <v>789.7</v>
       </c>
     </row>
     <row r="556" spans="1:5">
       <c r="A556">
         <v>2018</v>
       </c>
       <c r="B556" t="s">
         <v>22</v>
       </c>
       <c r="C556" t="s">
         <v>8</v>
       </c>
       <c r="D556" t="s">
         <v>10</v>
       </c>
       <c r="E556">
-        <v>557.2</v>
+        <v>636.8</v>
       </c>
     </row>
     <row r="557" spans="1:5">
       <c r="A557">
         <v>2018</v>
       </c>
       <c r="B557" t="s">
         <v>22</v>
       </c>
       <c r="C557" t="s">
         <v>8</v>
       </c>
       <c r="D557" t="s">
         <v>11</v>
       </c>
       <c r="E557">
-        <v>523.6</v>
+        <v>445.3</v>
       </c>
     </row>
     <row r="558" spans="1:5">
       <c r="A558">
         <v>2018</v>
       </c>
       <c r="B558" t="s">
         <v>22</v>
       </c>
       <c r="C558" t="s">
         <v>12</v>
       </c>
       <c r="D558" t="s">
         <v>13</v>
       </c>
       <c r="E558">
-        <v>827.3</v>
+        <v>997.4</v>
       </c>
     </row>
     <row r="559" spans="1:5">
       <c r="A559">
         <v>2018</v>
       </c>
       <c r="B559" t="s">
         <v>22</v>
       </c>
       <c r="C559" t="s">
         <v>12</v>
       </c>
       <c r="D559" t="s">
         <v>14</v>
       </c>
       <c r="E559">
-        <v>1845.7</v>
+        <v>2145.9</v>
       </c>
     </row>
     <row r="560" spans="1:5">
       <c r="A560">
         <v>2018</v>
       </c>
       <c r="B560" t="s">
         <v>23</v>
       </c>
       <c r="C560" t="s">
         <v>6</v>
       </c>
       <c r="D560" t="s">
         <v>7</v>
       </c>
       <c r="E560">
-        <v>1156.5</v>
+        <v>1164.8</v>
       </c>
     </row>
     <row r="561" spans="1:5">
       <c r="A561">
         <v>2018</v>
       </c>
       <c r="B561" t="s">
         <v>23</v>
       </c>
       <c r="C561" t="s">
         <v>8</v>
       </c>
       <c r="D561" t="s">
         <v>9</v>
       </c>
       <c r="E561">
-        <v>686.9</v>
+        <v>716.0</v>
       </c>
     </row>
     <row r="562" spans="1:5">
       <c r="A562">
         <v>2018</v>
       </c>
       <c r="B562" t="s">
         <v>23</v>
       </c>
       <c r="C562" t="s">
         <v>8</v>
       </c>
       <c r="D562" t="s">
         <v>10</v>
       </c>
       <c r="E562">
-        <v>570.4</v>
+        <v>612.6</v>
       </c>
     </row>
     <row r="563" spans="1:5">
       <c r="A563">
         <v>2018</v>
       </c>
       <c r="B563" t="s">
         <v>23</v>
       </c>
       <c r="C563" t="s">
         <v>8</v>
       </c>
       <c r="D563" t="s">
         <v>11</v>
       </c>
       <c r="E563">
-        <v>588.9</v>
+        <v>319.7</v>
       </c>
     </row>
     <row r="564" spans="1:5">
       <c r="A564">
         <v>2018</v>
       </c>
       <c r="B564" t="s">
         <v>23</v>
       </c>
       <c r="C564" t="s">
         <v>12</v>
       </c>
       <c r="D564" t="s">
         <v>13</v>
       </c>
       <c r="E564">
-        <v>738.7</v>
+        <v>990.6</v>
       </c>
     </row>
     <row r="565" spans="1:5">
       <c r="A565">
         <v>2018</v>
       </c>
       <c r="B565" t="s">
         <v>23</v>
       </c>
       <c r="C565" t="s">
         <v>12</v>
       </c>
       <c r="D565" t="s">
         <v>14</v>
       </c>
       <c r="E565">
-        <v>2070.9</v>
+        <v>2005.8</v>
       </c>
     </row>
     <row r="566" spans="1:5">
       <c r="A566">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B566" t="s">
         <v>24</v>
       </c>
       <c r="C566" t="s">
         <v>6</v>
       </c>
       <c r="D566" t="s">
         <v>7</v>
       </c>
       <c r="E566">
-        <v>1279.6</v>
+        <v>1275.4</v>
       </c>
     </row>
     <row r="567" spans="1:5">
       <c r="A567">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B567" t="s">
         <v>24</v>
       </c>
       <c r="C567" t="s">
         <v>8</v>
       </c>
       <c r="D567" t="s">
         <v>9</v>
       </c>
       <c r="E567">
-        <v>661.6</v>
+        <v>779.9</v>
       </c>
     </row>
     <row r="568" spans="1:5">
       <c r="A568">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B568" t="s">
         <v>24</v>
       </c>
       <c r="C568" t="s">
         <v>8</v>
       </c>
       <c r="D568" t="s">
         <v>10</v>
       </c>
       <c r="E568">
-        <v>587.6</v>
+        <v>624.0</v>
       </c>
     </row>
     <row r="569" spans="1:5">
       <c r="A569">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B569" t="s">
         <v>24</v>
       </c>
       <c r="C569" t="s">
         <v>8</v>
       </c>
       <c r="D569" t="s">
         <v>11</v>
       </c>
       <c r="E569">
-        <v>561.3</v>
+        <v>583.2</v>
       </c>
     </row>
     <row r="570" spans="1:5">
       <c r="A570">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B570" t="s">
         <v>24</v>
       </c>
       <c r="C570" t="s">
         <v>12</v>
       </c>
       <c r="D570" t="s">
         <v>13</v>
       </c>
       <c r="E570">
-        <v>914.3</v>
+        <v>951.2</v>
       </c>
     </row>
     <row r="571" spans="1:5">
       <c r="A571">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B571" t="s">
         <v>24</v>
       </c>
       <c r="C571" t="s">
         <v>12</v>
       </c>
       <c r="D571" t="s">
         <v>14</v>
       </c>
       <c r="E571">
-        <v>1964.8</v>
+        <v>1996.8</v>
       </c>
     </row>
     <row r="572" spans="1:5">
       <c r="A572">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B572" t="s">
         <v>25</v>
       </c>
       <c r="C572" t="s">
         <v>6</v>
       </c>
       <c r="D572" t="s">
         <v>7</v>
       </c>
       <c r="E572">
-        <v>1242.2</v>
+        <v>999.6</v>
       </c>
     </row>
     <row r="573" spans="1:5">
       <c r="A573">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B573" t="s">
         <v>25</v>
       </c>
       <c r="C573" t="s">
         <v>8</v>
       </c>
       <c r="D573" t="s">
         <v>9</v>
       </c>
       <c r="E573">
-        <v>761.0</v>
+        <v>634.6</v>
       </c>
     </row>
     <row r="574" spans="1:5">
       <c r="A574">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B574" t="s">
         <v>25</v>
       </c>
       <c r="C574" t="s">
         <v>8</v>
       </c>
       <c r="D574" t="s">
         <v>10</v>
       </c>
       <c r="E574">
-        <v>646.7</v>
+        <v>557.2</v>
       </c>
     </row>
     <row r="575" spans="1:5">
       <c r="A575">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B575" t="s">
         <v>25</v>
       </c>
       <c r="C575" t="s">
         <v>8</v>
       </c>
       <c r="D575" t="s">
         <v>11</v>
       </c>
       <c r="E575">
-        <v>549.8</v>
+        <v>523.6</v>
       </c>
     </row>
     <row r="576" spans="1:5">
       <c r="A576">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B576" t="s">
         <v>25</v>
       </c>
       <c r="C576" t="s">
         <v>12</v>
       </c>
       <c r="D576" t="s">
         <v>13</v>
       </c>
       <c r="E576">
-        <v>766.7</v>
+        <v>827.3</v>
       </c>
     </row>
     <row r="577" spans="1:5">
       <c r="A577">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B577" t="s">
         <v>25</v>
       </c>
       <c r="C577" t="s">
         <v>12</v>
       </c>
       <c r="D577" t="s">
         <v>14</v>
       </c>
       <c r="E577">
-        <v>1886.3</v>
+        <v>1845.7</v>
       </c>
     </row>
     <row r="578" spans="1:5">
       <c r="A578">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B578" t="s">
         <v>5</v>
       </c>
       <c r="C578" t="s">
         <v>6</v>
       </c>
       <c r="D578" t="s">
         <v>7</v>
       </c>
       <c r="E578">
-        <v>1142.3</v>
+        <v>1156.5</v>
       </c>
     </row>
     <row r="579" spans="1:5">
       <c r="A579">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B579" t="s">
         <v>5</v>
       </c>
       <c r="C579" t="s">
         <v>8</v>
       </c>
       <c r="D579" t="s">
         <v>9</v>
       </c>
       <c r="E579">
-        <v>763.2</v>
+        <v>686.9</v>
       </c>
     </row>
     <row r="580" spans="1:5">
       <c r="A580">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B580" t="s">
         <v>5</v>
       </c>
       <c r="C580" t="s">
         <v>8</v>
       </c>
       <c r="D580" t="s">
         <v>10</v>
       </c>
       <c r="E580">
-        <v>567.6</v>
+        <v>570.4</v>
       </c>
     </row>
     <row r="581" spans="1:5">
       <c r="A581">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B581" t="s">
         <v>5</v>
       </c>
       <c r="C581" t="s">
         <v>8</v>
       </c>
       <c r="D581" t="s">
         <v>11</v>
       </c>
       <c r="E581">
-        <v>542.5</v>
+        <v>588.9</v>
       </c>
     </row>
     <row r="582" spans="1:5">
       <c r="A582">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B582" t="s">
         <v>5</v>
       </c>
       <c r="C582" t="s">
         <v>12</v>
       </c>
       <c r="D582" t="s">
         <v>13</v>
       </c>
       <c r="E582">
-        <v>821.4</v>
+        <v>738.7</v>
       </c>
     </row>
     <row r="583" spans="1:5">
       <c r="A583">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="B583" t="s">
         <v>5</v>
       </c>
       <c r="C583" t="s">
         <v>12</v>
       </c>
       <c r="D583" t="s">
         <v>14</v>
       </c>
       <c r="E583">
-        <v>1914.9</v>
+        <v>2070.9</v>
       </c>
     </row>
     <row r="584" spans="1:5">
       <c r="A584">
         <v>2017</v>
       </c>
       <c r="B584" t="s">
         <v>15</v>
       </c>
       <c r="C584" t="s">
         <v>6</v>
       </c>
       <c r="D584" t="s">
         <v>7</v>
       </c>
       <c r="E584">
-        <v>1094.8</v>
+        <v>1279.6</v>
       </c>
     </row>
     <row r="585" spans="1:5">
       <c r="A585">
         <v>2017</v>
       </c>
       <c r="B585" t="s">
         <v>15</v>
       </c>
       <c r="C585" t="s">
         <v>8</v>
       </c>
       <c r="D585" t="s">
         <v>9</v>
       </c>
       <c r="E585">
-        <v>682.2</v>
+        <v>661.6</v>
       </c>
     </row>
     <row r="586" spans="1:5">
       <c r="A586">
         <v>2017</v>
       </c>
       <c r="B586" t="s">
         <v>15</v>
       </c>
       <c r="C586" t="s">
         <v>8</v>
       </c>
       <c r="D586" t="s">
         <v>10</v>
       </c>
       <c r="E586">
-        <v>563.0</v>
+        <v>587.6</v>
       </c>
     </row>
     <row r="587" spans="1:5">
       <c r="A587">
         <v>2017</v>
       </c>
       <c r="B587" t="s">
         <v>15</v>
       </c>
       <c r="C587" t="s">
         <v>8</v>
       </c>
       <c r="D587" t="s">
         <v>11</v>
       </c>
       <c r="E587">
-        <v>601.7</v>
+        <v>561.3</v>
       </c>
     </row>
     <row r="588" spans="1:5">
       <c r="A588">
         <v>2017</v>
       </c>
       <c r="B588" t="s">
         <v>15</v>
       </c>
       <c r="C588" t="s">
         <v>12</v>
       </c>
       <c r="D588" t="s">
         <v>13</v>
       </c>
       <c r="E588">
-        <v>635.8</v>
+        <v>914.3</v>
       </c>
     </row>
     <row r="589" spans="1:5">
       <c r="A589">
         <v>2017</v>
       </c>
       <c r="B589" t="s">
         <v>15</v>
       </c>
       <c r="C589" t="s">
         <v>12</v>
       </c>
       <c r="D589" t="s">
         <v>14</v>
       </c>
       <c r="E589">
-        <v>1774.4</v>
+        <v>1964.8</v>
       </c>
     </row>
     <row r="590" spans="1:5">
       <c r="A590">
         <v>2017</v>
       </c>
       <c r="B590" t="s">
         <v>16</v>
       </c>
       <c r="C590" t="s">
         <v>6</v>
       </c>
       <c r="D590" t="s">
         <v>7</v>
       </c>
       <c r="E590">
-        <v>1216.5</v>
+        <v>1242.2</v>
       </c>
     </row>
     <row r="591" spans="1:5">
       <c r="A591">
         <v>2017</v>
       </c>
       <c r="B591" t="s">
         <v>16</v>
       </c>
       <c r="C591" t="s">
         <v>8</v>
       </c>
       <c r="D591" t="s">
         <v>9</v>
       </c>
       <c r="E591">
-        <v>674.5</v>
+        <v>761.0</v>
       </c>
     </row>
     <row r="592" spans="1:5">
       <c r="A592">
         <v>2017</v>
       </c>
       <c r="B592" t="s">
         <v>16</v>
       </c>
       <c r="C592" t="s">
         <v>8</v>
       </c>
       <c r="D592" t="s">
         <v>10</v>
       </c>
       <c r="E592">
-        <v>635.5</v>
+        <v>646.7</v>
       </c>
     </row>
     <row r="593" spans="1:5">
       <c r="A593">
         <v>2017</v>
       </c>
       <c r="B593" t="s">
         <v>16</v>
       </c>
       <c r="C593" t="s">
         <v>8</v>
       </c>
       <c r="D593" t="s">
         <v>11</v>
       </c>
       <c r="E593">
-        <v>590.7</v>
+        <v>549.8</v>
       </c>
     </row>
     <row r="594" spans="1:5">
       <c r="A594">
         <v>2017</v>
       </c>
       <c r="B594" t="s">
         <v>16</v>
       </c>
       <c r="C594" t="s">
         <v>12</v>
       </c>
       <c r="D594" t="s">
         <v>13</v>
       </c>
       <c r="E594">
-        <v>840.6</v>
+        <v>766.7</v>
       </c>
     </row>
     <row r="595" spans="1:5">
       <c r="A595">
         <v>2017</v>
       </c>
       <c r="B595" t="s">
         <v>16</v>
       </c>
       <c r="C595" t="s">
         <v>12</v>
       </c>
       <c r="D595" t="s">
         <v>14</v>
       </c>
       <c r="E595">
-        <v>1953.8</v>
+        <v>1886.3</v>
       </c>
     </row>
     <row r="596" spans="1:5">
       <c r="A596">
         <v>2017</v>
       </c>
       <c r="B596" t="s">
         <v>17</v>
       </c>
       <c r="C596" t="s">
         <v>6</v>
       </c>
       <c r="D596" t="s">
         <v>7</v>
       </c>
       <c r="E596">
-        <v>1107.6</v>
+        <v>1142.3</v>
       </c>
     </row>
     <row r="597" spans="1:5">
       <c r="A597">
         <v>2017</v>
       </c>
       <c r="B597" t="s">
         <v>17</v>
       </c>
       <c r="C597" t="s">
         <v>8</v>
       </c>
       <c r="D597" t="s">
         <v>9</v>
       </c>
       <c r="E597">
-        <v>658.3</v>
+        <v>763.2</v>
       </c>
     </row>
     <row r="598" spans="1:5">
       <c r="A598">
         <v>2017</v>
       </c>
       <c r="B598" t="s">
         <v>17</v>
       </c>
       <c r="C598" t="s">
         <v>8</v>
       </c>
       <c r="D598" t="s">
         <v>10</v>
       </c>
       <c r="E598">
-        <v>552.5</v>
+        <v>567.6</v>
       </c>
     </row>
     <row r="599" spans="1:5">
       <c r="A599">
         <v>2017</v>
       </c>
       <c r="B599" t="s">
         <v>17</v>
       </c>
       <c r="C599" t="s">
         <v>8</v>
       </c>
       <c r="D599" t="s">
         <v>11</v>
       </c>
       <c r="E599">
-        <v>550.7</v>
+        <v>542.5</v>
       </c>
     </row>
     <row r="600" spans="1:5">
       <c r="A600">
         <v>2017</v>
       </c>
       <c r="B600" t="s">
         <v>17</v>
       </c>
       <c r="C600" t="s">
         <v>12</v>
       </c>
       <c r="D600" t="s">
         <v>13</v>
       </c>
       <c r="E600">
-        <v>587.2</v>
+        <v>821.4</v>
       </c>
     </row>
     <row r="601" spans="1:5">
       <c r="A601">
         <v>2017</v>
       </c>
       <c r="B601" t="s">
         <v>17</v>
       </c>
       <c r="C601" t="s">
         <v>12</v>
       </c>
       <c r="D601" t="s">
         <v>14</v>
       </c>
       <c r="E601">
-        <v>1860.4</v>
+        <v>1914.9</v>
       </c>
     </row>
     <row r="602" spans="1:5">
       <c r="A602">
         <v>2017</v>
       </c>
       <c r="B602" t="s">
         <v>18</v>
       </c>
       <c r="C602" t="s">
         <v>6</v>
       </c>
       <c r="D602" t="s">
         <v>7</v>
       </c>
       <c r="E602">
-        <v>1192.6</v>
+        <v>1094.8</v>
       </c>
     </row>
     <row r="603" spans="1:5">
       <c r="A603">
         <v>2017</v>
       </c>
       <c r="B603" t="s">
         <v>18</v>
       </c>
       <c r="C603" t="s">
         <v>8</v>
       </c>
       <c r="D603" t="s">
         <v>9</v>
       </c>
       <c r="E603">
-        <v>615.1</v>
+        <v>682.2</v>
       </c>
     </row>
     <row r="604" spans="1:5">
       <c r="A604">
         <v>2017</v>
       </c>
       <c r="B604" t="s">
         <v>18</v>
       </c>
       <c r="C604" t="s">
         <v>8</v>
       </c>
       <c r="D604" t="s">
         <v>10</v>
       </c>
       <c r="E604">
-        <v>578.1</v>
+        <v>563.0</v>
       </c>
     </row>
     <row r="605" spans="1:5">
       <c r="A605">
         <v>2017</v>
       </c>
       <c r="B605" t="s">
         <v>18</v>
       </c>
       <c r="C605" t="s">
         <v>8</v>
       </c>
       <c r="D605" t="s">
         <v>11</v>
       </c>
       <c r="E605">
-        <v>588.7</v>
+        <v>601.7</v>
       </c>
     </row>
     <row r="606" spans="1:5">
       <c r="A606">
         <v>2017</v>
       </c>
       <c r="B606" t="s">
         <v>18</v>
       </c>
       <c r="C606" t="s">
         <v>12</v>
       </c>
       <c r="D606" t="s">
         <v>13</v>
       </c>
       <c r="E606">
-        <v>807.4</v>
+        <v>635.8</v>
       </c>
     </row>
     <row r="607" spans="1:5">
       <c r="A607">
         <v>2017</v>
       </c>
       <c r="B607" t="s">
         <v>18</v>
       </c>
       <c r="C607" t="s">
         <v>12</v>
       </c>
       <c r="D607" t="s">
         <v>14</v>
       </c>
       <c r="E607">
-        <v>1832.8</v>
+        <v>1774.4</v>
       </c>
     </row>
     <row r="608" spans="1:5">
       <c r="A608">
         <v>2017</v>
       </c>
       <c r="B608" t="s">
         <v>19</v>
       </c>
       <c r="C608" t="s">
         <v>6</v>
       </c>
       <c r="D608" t="s">
         <v>7</v>
       </c>
       <c r="E608">
-        <v>1026.7</v>
+        <v>1216.5</v>
       </c>
     </row>
     <row r="609" spans="1:5">
       <c r="A609">
         <v>2017</v>
       </c>
       <c r="B609" t="s">
         <v>19</v>
       </c>
       <c r="C609" t="s">
         <v>8</v>
       </c>
       <c r="D609" t="s">
         <v>9</v>
       </c>
       <c r="E609">
-        <v>663.1</v>
+        <v>674.5</v>
       </c>
     </row>
     <row r="610" spans="1:5">
       <c r="A610">
         <v>2017</v>
       </c>
       <c r="B610" t="s">
         <v>19</v>
       </c>
       <c r="C610" t="s">
         <v>8</v>
       </c>
       <c r="D610" t="s">
         <v>10</v>
       </c>
       <c r="E610">
-        <v>545.9</v>
+        <v>635.5</v>
       </c>
     </row>
     <row r="611" spans="1:5">
       <c r="A611">
         <v>2017</v>
       </c>
       <c r="B611" t="s">
         <v>19</v>
       </c>
       <c r="C611" t="s">
         <v>8</v>
       </c>
       <c r="D611" t="s">
         <v>11</v>
       </c>
       <c r="E611">
-        <v>460.8</v>
+        <v>590.7</v>
       </c>
     </row>
     <row r="612" spans="1:5">
       <c r="A612">
         <v>2017</v>
       </c>
       <c r="B612" t="s">
         <v>19</v>
       </c>
       <c r="C612" t="s">
         <v>12</v>
       </c>
       <c r="D612" t="s">
         <v>13</v>
       </c>
       <c r="E612">
-        <v>660.7</v>
+        <v>840.6</v>
       </c>
     </row>
     <row r="613" spans="1:5">
       <c r="A613">
         <v>2017</v>
       </c>
       <c r="B613" t="s">
         <v>19</v>
       </c>
       <c r="C613" t="s">
         <v>12</v>
       </c>
       <c r="D613" t="s">
         <v>14</v>
       </c>
       <c r="E613">
-        <v>1760.9</v>
+        <v>1953.8</v>
       </c>
     </row>
     <row r="614" spans="1:5">
       <c r="A614">
         <v>2017</v>
       </c>
       <c r="B614" t="s">
         <v>20</v>
       </c>
       <c r="C614" t="s">
         <v>6</v>
       </c>
       <c r="D614" t="s">
         <v>7</v>
       </c>
       <c r="E614">
-        <v>1036.5</v>
+        <v>1107.6</v>
       </c>
     </row>
     <row r="615" spans="1:5">
       <c r="A615">
         <v>2017</v>
       </c>
       <c r="B615" t="s">
         <v>20</v>
       </c>
       <c r="C615" t="s">
         <v>8</v>
       </c>
       <c r="D615" t="s">
         <v>9</v>
       </c>
       <c r="E615">
-        <v>645.3</v>
+        <v>658.3</v>
       </c>
     </row>
     <row r="616" spans="1:5">
       <c r="A616">
         <v>2017</v>
       </c>
       <c r="B616" t="s">
         <v>20</v>
       </c>
       <c r="C616" t="s">
         <v>8</v>
       </c>
       <c r="D616" t="s">
         <v>10</v>
       </c>
       <c r="E616">
-        <v>482.5</v>
+        <v>552.5</v>
       </c>
     </row>
     <row r="617" spans="1:5">
       <c r="A617">
         <v>2017</v>
       </c>
       <c r="B617" t="s">
         <v>20</v>
       </c>
       <c r="C617" t="s">
         <v>8</v>
       </c>
       <c r="D617" t="s">
         <v>11</v>
       </c>
       <c r="E617">
-        <v>354.6</v>
+        <v>550.7</v>
       </c>
     </row>
     <row r="618" spans="1:5">
       <c r="A618">
         <v>2017</v>
       </c>
       <c r="B618" t="s">
         <v>20</v>
       </c>
       <c r="C618" t="s">
         <v>12</v>
       </c>
       <c r="D618" t="s">
         <v>13</v>
       </c>
       <c r="E618">
-        <v>617.0</v>
+        <v>587.2</v>
       </c>
     </row>
     <row r="619" spans="1:5">
       <c r="A619">
         <v>2017</v>
       </c>
       <c r="B619" t="s">
         <v>20</v>
       </c>
       <c r="C619" t="s">
         <v>12</v>
       </c>
       <c r="D619" t="s">
         <v>14</v>
       </c>
       <c r="E619">
-        <v>1641.0</v>
+        <v>1860.4</v>
       </c>
     </row>
     <row r="620" spans="1:5">
       <c r="A620">
         <v>2017</v>
       </c>
       <c r="B620" t="s">
         <v>21</v>
       </c>
       <c r="C620" t="s">
         <v>6</v>
       </c>
       <c r="D620" t="s">
         <v>7</v>
       </c>
       <c r="E620">
-        <v>1136.2</v>
+        <v>1192.6</v>
       </c>
     </row>
     <row r="621" spans="1:5">
       <c r="A621">
         <v>2017</v>
       </c>
       <c r="B621" t="s">
         <v>21</v>
       </c>
       <c r="C621" t="s">
         <v>8</v>
       </c>
       <c r="D621" t="s">
         <v>9</v>
       </c>
       <c r="E621">
-        <v>734.7</v>
+        <v>615.1</v>
       </c>
     </row>
     <row r="622" spans="1:5">
       <c r="A622">
         <v>2017</v>
       </c>
       <c r="B622" t="s">
         <v>21</v>
       </c>
       <c r="C622" t="s">
         <v>8</v>
       </c>
       <c r="D622" t="s">
         <v>10</v>
       </c>
       <c r="E622">
-        <v>599.1</v>
+        <v>578.1</v>
       </c>
     </row>
     <row r="623" spans="1:5">
       <c r="A623">
         <v>2017</v>
       </c>
       <c r="B623" t="s">
         <v>21</v>
       </c>
       <c r="C623" t="s">
         <v>8</v>
       </c>
       <c r="D623" t="s">
         <v>11</v>
       </c>
       <c r="E623">
-        <v>460.8</v>
+        <v>588.7</v>
       </c>
     </row>
     <row r="624" spans="1:5">
       <c r="A624">
         <v>2017</v>
       </c>
       <c r="B624" t="s">
         <v>21</v>
       </c>
       <c r="C624" t="s">
         <v>12</v>
       </c>
       <c r="D624" t="s">
         <v>13</v>
       </c>
       <c r="E624">
-        <v>794.4</v>
+        <v>807.4</v>
       </c>
     </row>
     <row r="625" spans="1:5">
       <c r="A625">
         <v>2017</v>
       </c>
       <c r="B625" t="s">
         <v>21</v>
       </c>
       <c r="C625" t="s">
         <v>12</v>
       </c>
       <c r="D625" t="s">
         <v>14</v>
       </c>
       <c r="E625">
-        <v>1842.4</v>
+        <v>1832.8</v>
       </c>
     </row>
     <row r="626" spans="1:5">
       <c r="A626">
         <v>2017</v>
       </c>
       <c r="B626" t="s">
         <v>22</v>
       </c>
       <c r="C626" t="s">
         <v>6</v>
       </c>
       <c r="D626" t="s">
         <v>7</v>
       </c>
       <c r="E626">
-        <v>917.6</v>
+        <v>1026.7</v>
       </c>
     </row>
     <row r="627" spans="1:5">
       <c r="A627">
         <v>2017</v>
       </c>
       <c r="B627" t="s">
         <v>22</v>
       </c>
       <c r="C627" t="s">
         <v>8</v>
       </c>
       <c r="D627" t="s">
         <v>9</v>
       </c>
       <c r="E627">
-        <v>566.5</v>
+        <v>663.1</v>
       </c>
     </row>
     <row r="628" spans="1:5">
       <c r="A628">
         <v>2017</v>
       </c>
       <c r="B628" t="s">
         <v>22</v>
       </c>
       <c r="C628" t="s">
         <v>8</v>
       </c>
       <c r="D628" t="s">
         <v>10</v>
       </c>
       <c r="E628">
-        <v>487.6</v>
+        <v>545.9</v>
       </c>
     </row>
     <row r="629" spans="1:5">
       <c r="A629">
         <v>2017</v>
       </c>
       <c r="B629" t="s">
         <v>22</v>
       </c>
       <c r="C629" t="s">
         <v>8</v>
       </c>
       <c r="D629" t="s">
         <v>11</v>
       </c>
       <c r="E629">
-        <v>471.1</v>
+        <v>460.8</v>
       </c>
     </row>
     <row r="630" spans="1:5">
       <c r="A630">
         <v>2017</v>
       </c>
       <c r="B630" t="s">
         <v>22</v>
       </c>
       <c r="C630" t="s">
         <v>12</v>
       </c>
       <c r="D630" t="s">
         <v>13</v>
       </c>
       <c r="E630">
-        <v>693.7</v>
+        <v>660.7</v>
       </c>
     </row>
     <row r="631" spans="1:5">
       <c r="A631">
         <v>2017</v>
       </c>
       <c r="B631" t="s">
         <v>22</v>
       </c>
       <c r="C631" t="s">
         <v>12</v>
       </c>
       <c r="D631" t="s">
         <v>14</v>
       </c>
       <c r="E631">
-        <v>1593.3</v>
+        <v>1760.9</v>
       </c>
     </row>
     <row r="632" spans="1:5">
       <c r="A632">
         <v>2017</v>
       </c>
       <c r="B632" t="s">
         <v>23</v>
       </c>
       <c r="C632" t="s">
         <v>6</v>
       </c>
       <c r="D632" t="s">
         <v>7</v>
       </c>
       <c r="E632">
-        <v>1154.2</v>
+        <v>1036.5</v>
       </c>
     </row>
     <row r="633" spans="1:5">
       <c r="A633">
         <v>2017</v>
       </c>
       <c r="B633" t="s">
         <v>23</v>
       </c>
       <c r="C633" t="s">
         <v>8</v>
       </c>
       <c r="D633" t="s">
         <v>9</v>
       </c>
       <c r="E633">
-        <v>576.5</v>
+        <v>645.3</v>
       </c>
     </row>
     <row r="634" spans="1:5">
       <c r="A634">
         <v>2017</v>
       </c>
       <c r="B634" t="s">
         <v>23</v>
       </c>
       <c r="C634" t="s">
         <v>8</v>
       </c>
       <c r="D634" t="s">
         <v>10</v>
       </c>
       <c r="E634">
-        <v>502.7</v>
+        <v>482.5</v>
       </c>
     </row>
     <row r="635" spans="1:5">
       <c r="A635">
         <v>2017</v>
       </c>
       <c r="B635" t="s">
         <v>23</v>
       </c>
       <c r="C635" t="s">
         <v>8</v>
       </c>
       <c r="D635" t="s">
         <v>11</v>
       </c>
       <c r="E635">
-        <v>492.4</v>
+        <v>354.6</v>
       </c>
     </row>
     <row r="636" spans="1:5">
       <c r="A636">
         <v>2017</v>
       </c>
       <c r="B636" t="s">
         <v>23</v>
       </c>
       <c r="C636" t="s">
         <v>12</v>
       </c>
       <c r="D636" t="s">
         <v>13</v>
       </c>
       <c r="E636">
-        <v>705.9</v>
+        <v>617.0</v>
       </c>
     </row>
     <row r="637" spans="1:5">
       <c r="A637">
         <v>2017</v>
       </c>
       <c r="B637" t="s">
         <v>23</v>
       </c>
       <c r="C637" t="s">
         <v>12</v>
       </c>
       <c r="D637" t="s">
         <v>14</v>
       </c>
       <c r="E637">
-        <v>1776.2</v>
+        <v>1641.0</v>
       </c>
     </row>
     <row r="638" spans="1:5">
       <c r="A638">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B638" t="s">
         <v>24</v>
       </c>
       <c r="C638" t="s">
         <v>6</v>
       </c>
       <c r="D638" t="s">
         <v>7</v>
       </c>
       <c r="E638">
-        <v>1335.9</v>
+        <v>1136.2</v>
       </c>
     </row>
     <row r="639" spans="1:5">
       <c r="A639">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B639" t="s">
         <v>24</v>
       </c>
       <c r="C639" t="s">
         <v>8</v>
       </c>
       <c r="D639" t="s">
         <v>9</v>
       </c>
       <c r="E639">
-        <v>571.8</v>
+        <v>734.7</v>
       </c>
     </row>
     <row r="640" spans="1:5">
       <c r="A640">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B640" t="s">
         <v>24</v>
       </c>
       <c r="C640" t="s">
         <v>8</v>
       </c>
       <c r="D640" t="s">
         <v>10</v>
       </c>
       <c r="E640">
-        <v>545.1</v>
+        <v>599.1</v>
       </c>
     </row>
     <row r="641" spans="1:5">
       <c r="A641">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B641" t="s">
         <v>24</v>
       </c>
       <c r="C641" t="s">
         <v>8</v>
       </c>
       <c r="D641" t="s">
         <v>11</v>
       </c>
       <c r="E641">
-        <v>558.2</v>
+        <v>460.8</v>
       </c>
     </row>
     <row r="642" spans="1:5">
       <c r="A642">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B642" t="s">
         <v>24</v>
       </c>
       <c r="C642" t="s">
         <v>12</v>
       </c>
       <c r="D642" t="s">
         <v>13</v>
       </c>
       <c r="E642">
-        <v>718.4</v>
+        <v>794.4</v>
       </c>
     </row>
     <row r="643" spans="1:5">
       <c r="A643">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B643" t="s">
         <v>24</v>
       </c>
       <c r="C643" t="s">
         <v>12</v>
       </c>
       <c r="D643" t="s">
         <v>14</v>
       </c>
       <c r="E643">
-        <v>1923.7</v>
+        <v>1842.4</v>
       </c>
     </row>
     <row r="644" spans="1:5">
       <c r="A644">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B644" t="s">
         <v>25</v>
       </c>
       <c r="C644" t="s">
         <v>6</v>
       </c>
       <c r="D644" t="s">
         <v>7</v>
       </c>
       <c r="E644">
-        <v>1192.9</v>
+        <v>917.6</v>
       </c>
     </row>
     <row r="645" spans="1:5">
       <c r="A645">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B645" t="s">
         <v>25</v>
       </c>
       <c r="C645" t="s">
         <v>8</v>
       </c>
       <c r="D645" t="s">
         <v>9</v>
       </c>
       <c r="E645">
-        <v>693.7</v>
+        <v>566.5</v>
       </c>
     </row>
     <row r="646" spans="1:5">
       <c r="A646">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B646" t="s">
         <v>25</v>
       </c>
       <c r="C646" t="s">
         <v>8</v>
       </c>
       <c r="D646" t="s">
         <v>10</v>
       </c>
       <c r="E646">
-        <v>530.7</v>
+        <v>487.6</v>
       </c>
     </row>
     <row r="647" spans="1:5">
       <c r="A647">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B647" t="s">
         <v>25</v>
       </c>
       <c r="C647" t="s">
         <v>8</v>
       </c>
       <c r="D647" t="s">
         <v>11</v>
       </c>
       <c r="E647">
-        <v>462.4</v>
+        <v>471.1</v>
       </c>
     </row>
     <row r="648" spans="1:5">
       <c r="A648">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B648" t="s">
         <v>25</v>
       </c>
       <c r="C648" t="s">
         <v>12</v>
       </c>
       <c r="D648" t="s">
         <v>13</v>
       </c>
       <c r="E648">
-        <v>530.7</v>
+        <v>693.7</v>
       </c>
     </row>
     <row r="649" spans="1:5">
       <c r="A649">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B649" t="s">
         <v>25</v>
       </c>
       <c r="C649" t="s">
         <v>12</v>
       </c>
       <c r="D649" t="s">
         <v>14</v>
       </c>
       <c r="E649">
-        <v>1745.4</v>
+        <v>1593.3</v>
       </c>
     </row>
     <row r="650" spans="1:5">
       <c r="A650">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B650" t="s">
         <v>5</v>
       </c>
       <c r="C650" t="s">
         <v>6</v>
       </c>
       <c r="D650" t="s">
         <v>7</v>
       </c>
       <c r="E650">
-        <v>1019.7</v>
+        <v>1154.2</v>
       </c>
     </row>
     <row r="651" spans="1:5">
       <c r="A651">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B651" t="s">
         <v>5</v>
       </c>
       <c r="C651" t="s">
         <v>8</v>
       </c>
       <c r="D651" t="s">
         <v>9</v>
       </c>
       <c r="E651">
-        <v>685.1</v>
+        <v>576.5</v>
       </c>
     </row>
     <row r="652" spans="1:5">
       <c r="A652">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B652" t="s">
         <v>5</v>
       </c>
       <c r="C652" t="s">
         <v>8</v>
       </c>
       <c r="D652" t="s">
         <v>10</v>
       </c>
       <c r="E652">
-        <v>509.1</v>
+        <v>502.7</v>
       </c>
     </row>
     <row r="653" spans="1:5">
       <c r="A653">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B653" t="s">
         <v>5</v>
       </c>
       <c r="C653" t="s">
         <v>8</v>
       </c>
       <c r="D653" t="s">
         <v>11</v>
       </c>
       <c r="E653">
-        <v>468.5</v>
+        <v>492.4</v>
       </c>
     </row>
     <row r="654" spans="1:5">
       <c r="A654">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B654" t="s">
         <v>5</v>
       </c>
       <c r="C654" t="s">
         <v>12</v>
       </c>
       <c r="D654" t="s">
         <v>13</v>
       </c>
       <c r="E654">
-        <v>687.4</v>
+        <v>705.9</v>
       </c>
     </row>
     <row r="655" spans="1:5">
       <c r="A655">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B655" t="s">
         <v>5</v>
       </c>
       <c r="C655" t="s">
         <v>12</v>
       </c>
       <c r="D655" t="s">
         <v>14</v>
       </c>
       <c r="E655">
-        <v>1675.9</v>
+        <v>1776.2</v>
       </c>
     </row>
     <row r="656" spans="1:5">
       <c r="A656">
         <v>2016</v>
       </c>
       <c r="B656" t="s">
         <v>15</v>
       </c>
       <c r="C656" t="s">
         <v>6</v>
       </c>
       <c r="D656" t="s">
         <v>7</v>
       </c>
       <c r="E656">
-        <v>965.1</v>
+        <v>1335.9</v>
       </c>
     </row>
     <row r="657" spans="1:5">
       <c r="A657">
         <v>2016</v>
       </c>
       <c r="B657" t="s">
         <v>15</v>
       </c>
       <c r="C657" t="s">
         <v>8</v>
       </c>
       <c r="D657" t="s">
         <v>9</v>
       </c>
       <c r="E657">
-        <v>588.1</v>
+        <v>571.8</v>
       </c>
     </row>
     <row r="658" spans="1:5">
       <c r="A658">
         <v>2016</v>
       </c>
       <c r="B658" t="s">
         <v>15</v>
       </c>
       <c r="C658" t="s">
         <v>8</v>
       </c>
       <c r="D658" t="s">
         <v>10</v>
       </c>
       <c r="E658">
-        <v>549.6</v>
+        <v>545.1</v>
       </c>
     </row>
     <row r="659" spans="1:5">
       <c r="A659">
         <v>2016</v>
       </c>
       <c r="B659" t="s">
         <v>15</v>
       </c>
       <c r="C659" t="s">
         <v>8</v>
       </c>
       <c r="D659" t="s">
         <v>11</v>
       </c>
       <c r="E659">
-        <v>524.3</v>
+        <v>558.2</v>
       </c>
     </row>
     <row r="660" spans="1:5">
       <c r="A660">
         <v>2016</v>
       </c>
       <c r="B660" t="s">
         <v>15</v>
       </c>
       <c r="C660" t="s">
         <v>12</v>
       </c>
       <c r="D660" t="s">
         <v>13</v>
       </c>
       <c r="E660">
-        <v>593.9</v>
+        <v>718.4</v>
       </c>
     </row>
     <row r="661" spans="1:5">
       <c r="A661">
         <v>2016</v>
       </c>
       <c r="B661" t="s">
         <v>15</v>
       </c>
       <c r="C661" t="s">
         <v>12</v>
       </c>
       <c r="D661" t="s">
         <v>14</v>
       </c>
       <c r="E661">
-        <v>1827.2</v>
+        <v>1923.7</v>
       </c>
     </row>
     <row r="662" spans="1:5">
       <c r="A662">
         <v>2016</v>
       </c>
       <c r="B662" t="s">
         <v>16</v>
       </c>
       <c r="C662" t="s">
         <v>6</v>
       </c>
       <c r="D662" t="s">
         <v>7</v>
       </c>
       <c r="E662">
-        <v>1208.9</v>
+        <v>1192.9</v>
       </c>
     </row>
     <row r="663" spans="1:5">
       <c r="A663">
         <v>2016</v>
       </c>
       <c r="B663" t="s">
         <v>16</v>
       </c>
       <c r="C663" t="s">
         <v>8</v>
       </c>
       <c r="D663" t="s">
         <v>9</v>
       </c>
       <c r="E663">
-        <v>611.0</v>
+        <v>693.7</v>
       </c>
     </row>
     <row r="664" spans="1:5">
       <c r="A664">
         <v>2016</v>
       </c>
       <c r="B664" t="s">
         <v>16</v>
       </c>
       <c r="C664" t="s">
         <v>8</v>
       </c>
       <c r="D664" t="s">
         <v>10</v>
       </c>
       <c r="E664">
-        <v>569.2</v>
+        <v>530.7</v>
       </c>
     </row>
     <row r="665" spans="1:5">
       <c r="A665">
         <v>2016</v>
       </c>
       <c r="B665" t="s">
         <v>16</v>
       </c>
       <c r="C665" t="s">
         <v>8</v>
       </c>
       <c r="D665" t="s">
         <v>11</v>
       </c>
       <c r="E665">
-        <v>521.7</v>
+        <v>462.4</v>
       </c>
     </row>
     <row r="666" spans="1:5">
       <c r="A666">
         <v>2016</v>
       </c>
       <c r="B666" t="s">
         <v>16</v>
       </c>
       <c r="C666" t="s">
         <v>12</v>
       </c>
       <c r="D666" t="s">
         <v>13</v>
       </c>
       <c r="E666">
-        <v>660.0</v>
+        <v>530.7</v>
       </c>
     </row>
     <row r="667" spans="1:5">
       <c r="A667">
         <v>2016</v>
       </c>
       <c r="B667" t="s">
         <v>16</v>
       </c>
       <c r="C667" t="s">
         <v>12</v>
       </c>
       <c r="D667" t="s">
         <v>14</v>
       </c>
       <c r="E667">
-        <v>2026.2</v>
+        <v>1745.4</v>
       </c>
     </row>
     <row r="668" spans="1:5">
       <c r="A668">
         <v>2016</v>
       </c>
       <c r="B668" t="s">
         <v>17</v>
       </c>
       <c r="C668" t="s">
         <v>6</v>
       </c>
       <c r="D668" t="s">
         <v>7</v>
       </c>
       <c r="E668">
-        <v>1065.9</v>
+        <v>1019.7</v>
       </c>
     </row>
     <row r="669" spans="1:5">
       <c r="A669">
         <v>2016</v>
       </c>
       <c r="B669" t="s">
         <v>17</v>
       </c>
       <c r="C669" t="s">
         <v>8</v>
       </c>
       <c r="D669" t="s">
         <v>9</v>
       </c>
       <c r="E669">
-        <v>564.7</v>
+        <v>685.1</v>
       </c>
     </row>
     <row r="670" spans="1:5">
       <c r="A670">
         <v>2016</v>
       </c>
       <c r="B670" t="s">
         <v>17</v>
       </c>
       <c r="C670" t="s">
         <v>8</v>
       </c>
       <c r="D670" t="s">
         <v>10</v>
       </c>
       <c r="E670">
-        <v>482.2</v>
+        <v>509.1</v>
       </c>
     </row>
     <row r="671" spans="1:5">
       <c r="A671">
         <v>2016</v>
       </c>
       <c r="B671" t="s">
         <v>17</v>
       </c>
       <c r="C671" t="s">
         <v>8</v>
       </c>
       <c r="D671" t="s">
         <v>11</v>
       </c>
       <c r="E671">
-        <v>490.3</v>
+        <v>468.5</v>
       </c>
     </row>
     <row r="672" spans="1:5">
       <c r="A672">
         <v>2016</v>
       </c>
       <c r="B672" t="s">
         <v>17</v>
       </c>
       <c r="C672" t="s">
         <v>12</v>
       </c>
       <c r="D672" t="s">
         <v>13</v>
       </c>
       <c r="E672">
-        <v>597.7</v>
+        <v>687.4</v>
       </c>
     </row>
     <row r="673" spans="1:5">
       <c r="A673">
         <v>2016</v>
       </c>
       <c r="B673" t="s">
         <v>17</v>
       </c>
       <c r="C673" t="s">
         <v>12</v>
       </c>
       <c r="D673" t="s">
         <v>14</v>
       </c>
       <c r="E673">
-        <v>1785.4</v>
+        <v>1675.9</v>
       </c>
     </row>
     <row r="674" spans="1:5">
       <c r="A674">
         <v>2016</v>
       </c>
       <c r="B674" t="s">
         <v>18</v>
       </c>
       <c r="C674" t="s">
         <v>6</v>
       </c>
       <c r="D674" t="s">
         <v>7</v>
       </c>
       <c r="E674">
-        <v>942.5</v>
+        <v>965.1</v>
       </c>
     </row>
     <row r="675" spans="1:5">
       <c r="A675">
         <v>2016</v>
       </c>
       <c r="B675" t="s">
         <v>18</v>
       </c>
       <c r="C675" t="s">
         <v>8</v>
       </c>
       <c r="D675" t="s">
         <v>9</v>
       </c>
       <c r="E675">
-        <v>515.2</v>
+        <v>588.1</v>
       </c>
     </row>
     <row r="676" spans="1:5">
       <c r="A676">
         <v>2016</v>
       </c>
       <c r="B676" t="s">
         <v>18</v>
       </c>
       <c r="C676" t="s">
         <v>8</v>
       </c>
       <c r="D676" t="s">
         <v>10</v>
       </c>
       <c r="E676">
-        <v>456.7</v>
+        <v>549.6</v>
       </c>
     </row>
     <row r="677" spans="1:5">
       <c r="A677">
         <v>2016</v>
       </c>
       <c r="B677" t="s">
         <v>18</v>
       </c>
       <c r="C677" t="s">
         <v>8</v>
       </c>
       <c r="D677" t="s">
         <v>11</v>
       </c>
       <c r="E677">
-        <v>422.4</v>
+        <v>524.3</v>
       </c>
     </row>
     <row r="678" spans="1:5">
       <c r="A678">
         <v>2016</v>
       </c>
       <c r="B678" t="s">
         <v>18</v>
       </c>
       <c r="C678" t="s">
         <v>12</v>
       </c>
       <c r="D678" t="s">
         <v>13</v>
       </c>
       <c r="E678">
-        <v>623.2</v>
+        <v>593.9</v>
       </c>
     </row>
     <row r="679" spans="1:5">
       <c r="A679">
         <v>2016</v>
       </c>
       <c r="B679" t="s">
         <v>18</v>
       </c>
       <c r="C679" t="s">
         <v>12</v>
       </c>
       <c r="D679" t="s">
         <v>14</v>
       </c>
       <c r="E679">
-        <v>1613.8</v>
+        <v>1827.2</v>
       </c>
     </row>
     <row r="680" spans="1:5">
       <c r="A680">
         <v>2016</v>
       </c>
       <c r="B680" t="s">
         <v>19</v>
       </c>
       <c r="C680" t="s">
         <v>6</v>
       </c>
       <c r="D680" t="s">
         <v>7</v>
       </c>
       <c r="E680">
-        <v>1106.2</v>
+        <v>1208.9</v>
       </c>
     </row>
     <row r="681" spans="1:5">
       <c r="A681">
         <v>2016</v>
       </c>
       <c r="B681" t="s">
         <v>19</v>
       </c>
       <c r="C681" t="s">
         <v>8</v>
       </c>
       <c r="D681" t="s">
         <v>9</v>
       </c>
       <c r="E681">
-        <v>588.6</v>
+        <v>611.0</v>
       </c>
     </row>
     <row r="682" spans="1:5">
       <c r="A682">
         <v>2016</v>
       </c>
       <c r="B682" t="s">
         <v>19</v>
       </c>
       <c r="C682" t="s">
         <v>8</v>
       </c>
       <c r="D682" t="s">
         <v>10</v>
       </c>
       <c r="E682">
-        <v>467.9</v>
+        <v>569.2</v>
       </c>
     </row>
     <row r="683" spans="1:5">
       <c r="A683">
         <v>2016</v>
       </c>
       <c r="B683" t="s">
         <v>19</v>
       </c>
       <c r="C683" t="s">
         <v>8</v>
       </c>
       <c r="D683" t="s">
         <v>11</v>
       </c>
       <c r="E683">
-        <v>357.2</v>
+        <v>521.7</v>
       </c>
     </row>
     <row r="684" spans="1:5">
       <c r="A684">
         <v>2016</v>
       </c>
       <c r="B684" t="s">
         <v>19</v>
       </c>
       <c r="C684" t="s">
         <v>12</v>
       </c>
       <c r="D684" t="s">
         <v>13</v>
       </c>
       <c r="E684">
-        <v>586.4</v>
+        <v>660.0</v>
       </c>
     </row>
     <row r="685" spans="1:5">
       <c r="A685">
         <v>2016</v>
       </c>
       <c r="B685" t="s">
         <v>19</v>
       </c>
       <c r="C685" t="s">
         <v>12</v>
       </c>
       <c r="D685" t="s">
         <v>14</v>
       </c>
       <c r="E685">
-        <v>1727.3</v>
+        <v>2026.2</v>
       </c>
     </row>
     <row r="686" spans="1:5">
       <c r="A686">
         <v>2016</v>
       </c>
       <c r="B686" t="s">
         <v>20</v>
       </c>
       <c r="C686" t="s">
         <v>6</v>
       </c>
       <c r="D686" t="s">
         <v>7</v>
       </c>
       <c r="E686">
-        <v>1186.5</v>
+        <v>1065.9</v>
       </c>
     </row>
     <row r="687" spans="1:5">
       <c r="A687">
         <v>2016</v>
       </c>
       <c r="B687" t="s">
         <v>20</v>
       </c>
       <c r="C687" t="s">
         <v>8</v>
       </c>
       <c r="D687" t="s">
         <v>9</v>
       </c>
       <c r="E687">
-        <v>559.7</v>
+        <v>564.7</v>
       </c>
     </row>
     <row r="688" spans="1:5">
       <c r="A688">
         <v>2016</v>
       </c>
       <c r="B688" t="s">
         <v>20</v>
       </c>
       <c r="C688" t="s">
         <v>8</v>
       </c>
       <c r="D688" t="s">
         <v>10</v>
       </c>
       <c r="E688">
-        <v>420.5</v>
+        <v>482.2</v>
       </c>
     </row>
     <row r="689" spans="1:5">
       <c r="A689">
         <v>2016</v>
       </c>
       <c r="B689" t="s">
         <v>20</v>
       </c>
       <c r="C689" t="s">
         <v>8</v>
       </c>
       <c r="D689" t="s">
         <v>11</v>
       </c>
       <c r="E689">
-        <v>271.3</v>
+        <v>490.3</v>
       </c>
     </row>
     <row r="690" spans="1:5">
       <c r="A690">
         <v>2016</v>
       </c>
       <c r="B690" t="s">
         <v>20</v>
       </c>
       <c r="C690" t="s">
         <v>12</v>
       </c>
       <c r="D690" t="s">
         <v>13</v>
       </c>
       <c r="E690">
-        <v>492.6</v>
+        <v>597.7</v>
       </c>
     </row>
     <row r="691" spans="1:5">
       <c r="A691">
         <v>2016</v>
       </c>
       <c r="B691" t="s">
         <v>20</v>
       </c>
       <c r="C691" t="s">
         <v>12</v>
       </c>
       <c r="D691" t="s">
         <v>14</v>
       </c>
       <c r="E691">
-        <v>1645.1</v>
+        <v>1785.4</v>
       </c>
     </row>
     <row r="692" spans="1:5">
       <c r="A692">
         <v>2016</v>
       </c>
       <c r="B692" t="s">
         <v>21</v>
       </c>
       <c r="C692" t="s">
         <v>6</v>
       </c>
       <c r="D692" t="s">
         <v>7</v>
       </c>
       <c r="E692">
-        <v>1263.7</v>
+        <v>942.5</v>
       </c>
     </row>
     <row r="693" spans="1:5">
       <c r="A693">
         <v>2016</v>
       </c>
       <c r="B693" t="s">
         <v>21</v>
       </c>
       <c r="C693" t="s">
         <v>8</v>
       </c>
       <c r="D693" t="s">
         <v>9</v>
       </c>
       <c r="E693">
-        <v>562.6</v>
+        <v>515.2</v>
       </c>
     </row>
     <row r="694" spans="1:5">
       <c r="A694">
         <v>2016</v>
       </c>
       <c r="B694" t="s">
         <v>21</v>
       </c>
       <c r="C694" t="s">
         <v>8</v>
       </c>
       <c r="D694" t="s">
         <v>10</v>
       </c>
       <c r="E694">
-        <v>478.7</v>
+        <v>456.7</v>
       </c>
     </row>
     <row r="695" spans="1:5">
       <c r="A695">
         <v>2016</v>
       </c>
       <c r="B695" t="s">
         <v>21</v>
       </c>
       <c r="C695" t="s">
         <v>8</v>
       </c>
       <c r="D695" t="s">
         <v>11</v>
       </c>
       <c r="E695">
-        <v>405.0</v>
+        <v>422.4</v>
       </c>
     </row>
     <row r="696" spans="1:5">
       <c r="A696">
         <v>2016</v>
       </c>
       <c r="B696" t="s">
         <v>21</v>
       </c>
       <c r="C696" t="s">
         <v>12</v>
       </c>
       <c r="D696" t="s">
         <v>13</v>
       </c>
       <c r="E696">
-        <v>600.3</v>
+        <v>623.2</v>
       </c>
     </row>
     <row r="697" spans="1:5">
       <c r="A697">
         <v>2016</v>
       </c>
       <c r="B697" t="s">
         <v>21</v>
       </c>
       <c r="C697" t="s">
         <v>12</v>
       </c>
       <c r="D697" t="s">
         <v>14</v>
       </c>
       <c r="E697">
-        <v>1717.2</v>
+        <v>1613.8</v>
       </c>
     </row>
     <row r="698" spans="1:5">
       <c r="A698">
         <v>2016</v>
       </c>
       <c r="B698" t="s">
         <v>22</v>
       </c>
       <c r="C698" t="s">
         <v>6</v>
       </c>
       <c r="D698" t="s">
         <v>7</v>
       </c>
       <c r="E698">
-        <v>1024.4</v>
+        <v>1106.2</v>
       </c>
     </row>
     <row r="699" spans="1:5">
       <c r="A699">
         <v>2016</v>
       </c>
       <c r="B699" t="s">
         <v>22</v>
       </c>
       <c r="C699" t="s">
         <v>8</v>
       </c>
       <c r="D699" t="s">
         <v>9</v>
       </c>
       <c r="E699">
-        <v>482.6</v>
+        <v>588.6</v>
       </c>
     </row>
     <row r="700" spans="1:5">
       <c r="A700">
         <v>2016</v>
       </c>
       <c r="B700" t="s">
         <v>22</v>
       </c>
       <c r="C700" t="s">
         <v>8</v>
       </c>
       <c r="D700" t="s">
         <v>10</v>
       </c>
       <c r="E700">
-        <v>425.2</v>
+        <v>467.9</v>
       </c>
     </row>
     <row r="701" spans="1:5">
       <c r="A701">
         <v>2016</v>
       </c>
       <c r="B701" t="s">
         <v>22</v>
       </c>
       <c r="C701" t="s">
         <v>8</v>
       </c>
       <c r="D701" t="s">
         <v>11</v>
       </c>
       <c r="E701">
-        <v>445.0</v>
+        <v>357.2</v>
       </c>
     </row>
     <row r="702" spans="1:5">
       <c r="A702">
         <v>2016</v>
       </c>
       <c r="B702" t="s">
         <v>22</v>
       </c>
       <c r="C702" t="s">
         <v>12</v>
       </c>
       <c r="D702" t="s">
         <v>13</v>
       </c>
       <c r="E702">
-        <v>366.4</v>
+        <v>586.4</v>
       </c>
     </row>
     <row r="703" spans="1:5">
       <c r="A703">
         <v>2016</v>
       </c>
       <c r="B703" t="s">
         <v>22</v>
       </c>
       <c r="C703" t="s">
         <v>12</v>
       </c>
       <c r="D703" t="s">
         <v>14</v>
       </c>
       <c r="E703">
-        <v>1535.2</v>
+        <v>1727.3</v>
       </c>
     </row>
     <row r="704" spans="1:5">
       <c r="A704">
         <v>2016</v>
       </c>
       <c r="B704" t="s">
         <v>23</v>
       </c>
       <c r="C704" t="s">
         <v>6</v>
       </c>
       <c r="D704" t="s">
         <v>7</v>
       </c>
       <c r="E704">
-        <v>1147.3</v>
+        <v>1186.5</v>
       </c>
     </row>
     <row r="705" spans="1:5">
       <c r="A705">
         <v>2016</v>
       </c>
       <c r="B705" t="s">
         <v>23</v>
       </c>
       <c r="C705" t="s">
         <v>8</v>
       </c>
       <c r="D705" t="s">
         <v>9</v>
       </c>
       <c r="E705">
-        <v>462.3</v>
+        <v>559.7</v>
       </c>
     </row>
     <row r="706" spans="1:5">
       <c r="A706">
         <v>2016</v>
       </c>
       <c r="B706" t="s">
         <v>23</v>
       </c>
       <c r="C706" t="s">
         <v>8</v>
       </c>
       <c r="D706" t="s">
         <v>10</v>
       </c>
       <c r="E706">
-        <v>391.4</v>
+        <v>420.5</v>
       </c>
     </row>
     <row r="707" spans="1:5">
       <c r="A707">
         <v>2016</v>
       </c>
       <c r="B707" t="s">
         <v>23</v>
       </c>
       <c r="C707" t="s">
         <v>8</v>
       </c>
       <c r="D707" t="s">
         <v>11</v>
       </c>
       <c r="E707">
-        <v>418.2</v>
+        <v>271.3</v>
       </c>
     </row>
     <row r="708" spans="1:5">
       <c r="A708">
         <v>2016</v>
       </c>
       <c r="B708" t="s">
         <v>23</v>
       </c>
       <c r="C708" t="s">
         <v>12</v>
       </c>
       <c r="D708" t="s">
         <v>13</v>
       </c>
       <c r="E708">
-        <v>483.7</v>
+        <v>492.6</v>
       </c>
     </row>
     <row r="709" spans="1:5">
       <c r="A709">
         <v>2016</v>
       </c>
       <c r="B709" t="s">
         <v>23</v>
       </c>
       <c r="C709" t="s">
         <v>12</v>
       </c>
       <c r="D709" t="s">
         <v>14</v>
       </c>
       <c r="E709">
-        <v>1630.2</v>
+        <v>1645.1</v>
       </c>
     </row>
     <row r="710" spans="1:5">
       <c r="A710">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B710" t="s">
         <v>24</v>
       </c>
       <c r="C710" t="s">
         <v>6</v>
       </c>
       <c r="D710" t="s">
         <v>7</v>
       </c>
       <c r="E710">
-        <v>1542.3</v>
+        <v>1263.7</v>
       </c>
     </row>
     <row r="711" spans="1:5">
       <c r="A711">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B711" t="s">
         <v>24</v>
       </c>
       <c r="C711" t="s">
         <v>8</v>
       </c>
       <c r="D711" t="s">
         <v>9</v>
       </c>
       <c r="E711">
-        <v>529.1</v>
+        <v>562.6</v>
       </c>
     </row>
     <row r="712" spans="1:5">
       <c r="A712">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B712" t="s">
         <v>24</v>
       </c>
       <c r="C712" t="s">
         <v>8</v>
       </c>
       <c r="D712" t="s">
         <v>10</v>
       </c>
       <c r="E712">
-        <v>510.8</v>
+        <v>478.7</v>
       </c>
     </row>
     <row r="713" spans="1:5">
       <c r="A713">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B713" t="s">
         <v>24</v>
       </c>
       <c r="C713" t="s">
         <v>8</v>
       </c>
       <c r="D713" t="s">
         <v>11</v>
       </c>
       <c r="E713">
-        <v>464.1</v>
+        <v>405.0</v>
       </c>
     </row>
     <row r="714" spans="1:5">
       <c r="A714">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B714" t="s">
         <v>24</v>
       </c>
       <c r="C714" t="s">
         <v>12</v>
       </c>
       <c r="D714" t="s">
         <v>13</v>
       </c>
       <c r="E714">
-        <v>555.0</v>
+        <v>600.3</v>
       </c>
     </row>
     <row r="715" spans="1:5">
       <c r="A715">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B715" t="s">
         <v>24</v>
       </c>
       <c r="C715" t="s">
         <v>12</v>
       </c>
       <c r="D715" t="s">
         <v>14</v>
       </c>
       <c r="E715">
-        <v>1785.7</v>
+        <v>1717.2</v>
       </c>
     </row>
     <row r="716" spans="1:5">
       <c r="A716">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B716" t="s">
         <v>25</v>
       </c>
       <c r="C716" t="s">
         <v>6</v>
       </c>
       <c r="D716" t="s">
         <v>7</v>
       </c>
       <c r="E716">
-        <v>1085.0</v>
+        <v>1024.4</v>
       </c>
     </row>
     <row r="717" spans="1:5">
       <c r="A717">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B717" t="s">
         <v>25</v>
       </c>
       <c r="C717" t="s">
         <v>8</v>
       </c>
       <c r="D717" t="s">
         <v>9</v>
       </c>
       <c r="E717">
-        <v>562.1</v>
+        <v>482.6</v>
       </c>
     </row>
     <row r="718" spans="1:5">
       <c r="A718">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B718" t="s">
         <v>25</v>
       </c>
       <c r="C718" t="s">
         <v>8</v>
       </c>
       <c r="D718" t="s">
         <v>10</v>
       </c>
       <c r="E718">
-        <v>470.7</v>
+        <v>425.2</v>
       </c>
     </row>
     <row r="719" spans="1:5">
       <c r="A719">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B719" t="s">
         <v>25</v>
       </c>
       <c r="C719" t="s">
         <v>8</v>
       </c>
       <c r="D719" t="s">
         <v>11</v>
       </c>
       <c r="E719">
-        <v>407.4</v>
+        <v>445.0</v>
       </c>
     </row>
     <row r="720" spans="1:5">
       <c r="A720">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B720" t="s">
         <v>25</v>
       </c>
       <c r="C720" t="s">
         <v>12</v>
       </c>
       <c r="D720" t="s">
         <v>13</v>
       </c>
       <c r="E720">
-        <v>559.5</v>
+        <v>366.4</v>
       </c>
     </row>
     <row r="721" spans="1:5">
       <c r="A721">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B721" t="s">
         <v>25</v>
       </c>
       <c r="C721" t="s">
         <v>12</v>
       </c>
       <c r="D721" t="s">
         <v>14</v>
       </c>
       <c r="E721">
-        <v>1730.4</v>
+        <v>1535.2</v>
       </c>
     </row>
     <row r="722" spans="1:5">
       <c r="A722">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B722" t="s">
         <v>5</v>
       </c>
       <c r="C722" t="s">
         <v>6</v>
       </c>
       <c r="D722" t="s">
         <v>7</v>
       </c>
       <c r="E722">
-        <v>1226.5</v>
+        <v>1147.3</v>
       </c>
     </row>
     <row r="723" spans="1:5">
       <c r="A723">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B723" t="s">
         <v>5</v>
       </c>
       <c r="C723" t="s">
         <v>8</v>
       </c>
       <c r="D723" t="s">
         <v>9</v>
       </c>
       <c r="E723">
-        <v>723.8</v>
+        <v>462.3</v>
       </c>
     </row>
     <row r="724" spans="1:5">
       <c r="A724">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B724" t="s">
         <v>5</v>
       </c>
       <c r="C724" t="s">
         <v>8</v>
       </c>
       <c r="D724" t="s">
         <v>10</v>
       </c>
       <c r="E724">
-        <v>515.7</v>
+        <v>391.4</v>
       </c>
     </row>
     <row r="725" spans="1:5">
       <c r="A725">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B725" t="s">
         <v>5</v>
       </c>
       <c r="C725" t="s">
         <v>8</v>
       </c>
       <c r="D725" t="s">
         <v>11</v>
       </c>
       <c r="E725">
-        <v>487.4</v>
+        <v>418.2</v>
       </c>
     </row>
     <row r="726" spans="1:5">
       <c r="A726">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B726" t="s">
         <v>5</v>
       </c>
       <c r="C726" t="s">
         <v>12</v>
       </c>
       <c r="D726" t="s">
         <v>13</v>
       </c>
       <c r="E726">
-        <v>550.1</v>
+        <v>483.7</v>
       </c>
     </row>
     <row r="727" spans="1:5">
       <c r="A727">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="B727" t="s">
         <v>5</v>
       </c>
       <c r="C727" t="s">
         <v>12</v>
       </c>
       <c r="D727" t="s">
         <v>14</v>
       </c>
       <c r="E727">
-        <v>1957.3</v>
+        <v>1630.2</v>
       </c>
     </row>
     <row r="728" spans="1:5">
       <c r="A728">
         <v>2015</v>
       </c>
       <c r="B728" t="s">
         <v>15</v>
       </c>
       <c r="C728" t="s">
         <v>6</v>
       </c>
       <c r="D728" t="s">
         <v>7</v>
       </c>
       <c r="E728">
-        <v>1314.5</v>
+        <v>1542.3</v>
       </c>
     </row>
     <row r="729" spans="1:5">
       <c r="A729">
         <v>2015</v>
       </c>
       <c r="B729" t="s">
         <v>15</v>
       </c>
       <c r="C729" t="s">
         <v>8</v>
       </c>
       <c r="D729" t="s">
         <v>9</v>
       </c>
       <c r="E729">
-        <v>522.4</v>
+        <v>529.1</v>
       </c>
     </row>
     <row r="730" spans="1:5">
       <c r="A730">
         <v>2015</v>
       </c>
       <c r="B730" t="s">
         <v>15</v>
       </c>
       <c r="C730" t="s">
         <v>8</v>
       </c>
       <c r="D730" t="s">
         <v>10</v>
       </c>
       <c r="E730">
-        <v>523.1</v>
+        <v>510.8</v>
       </c>
     </row>
     <row r="731" spans="1:5">
       <c r="A731">
         <v>2015</v>
       </c>
       <c r="B731" t="s">
         <v>15</v>
       </c>
       <c r="C731" t="s">
         <v>8</v>
       </c>
       <c r="D731" t="s">
         <v>11</v>
       </c>
       <c r="E731">
-        <v>533.1</v>
+        <v>464.1</v>
       </c>
     </row>
     <row r="732" spans="1:5">
       <c r="A732">
         <v>2015</v>
       </c>
       <c r="B732" t="s">
         <v>15</v>
       </c>
       <c r="C732" t="s">
         <v>12</v>
       </c>
       <c r="D732" t="s">
         <v>13</v>
       </c>
       <c r="E732">
-        <v>554.0</v>
+        <v>555.0</v>
       </c>
     </row>
     <row r="733" spans="1:5">
       <c r="A733">
         <v>2015</v>
       </c>
       <c r="B733" t="s">
         <v>15</v>
       </c>
       <c r="C733" t="s">
         <v>12</v>
       </c>
       <c r="D733" t="s">
         <v>14</v>
       </c>
       <c r="E733">
-        <v>1896.1</v>
+        <v>1785.7</v>
       </c>
     </row>
     <row r="734" spans="1:5">
       <c r="A734">
         <v>2015</v>
       </c>
       <c r="B734" t="s">
         <v>16</v>
       </c>
       <c r="C734" t="s">
         <v>6</v>
       </c>
       <c r="D734" t="s">
         <v>7</v>
       </c>
       <c r="E734">
-        <v>1219.7</v>
+        <v>1085.0</v>
       </c>
     </row>
     <row r="735" spans="1:5">
       <c r="A735">
         <v>2015</v>
       </c>
       <c r="B735" t="s">
         <v>16</v>
       </c>
       <c r="C735" t="s">
         <v>8</v>
       </c>
       <c r="D735" t="s">
         <v>9</v>
       </c>
       <c r="E735">
-        <v>571.2</v>
+        <v>562.1</v>
       </c>
     </row>
     <row r="736" spans="1:5">
       <c r="A736">
         <v>2015</v>
       </c>
       <c r="B736" t="s">
         <v>16</v>
       </c>
       <c r="C736" t="s">
         <v>8</v>
       </c>
       <c r="D736" t="s">
         <v>10</v>
       </c>
       <c r="E736">
-        <v>516.4</v>
+        <v>470.7</v>
       </c>
     </row>
     <row r="737" spans="1:5">
       <c r="A737">
         <v>2015</v>
       </c>
       <c r="B737" t="s">
         <v>16</v>
       </c>
       <c r="C737" t="s">
         <v>8</v>
       </c>
       <c r="D737" t="s">
         <v>11</v>
       </c>
       <c r="E737">
-        <v>529.9</v>
+        <v>407.4</v>
       </c>
     </row>
     <row r="738" spans="1:5">
       <c r="A738">
         <v>2015</v>
       </c>
       <c r="B738" t="s">
         <v>16</v>
       </c>
       <c r="C738" t="s">
         <v>12</v>
       </c>
       <c r="D738" t="s">
         <v>13</v>
       </c>
       <c r="E738">
-        <v>584.7</v>
+        <v>559.5</v>
       </c>
     </row>
     <row r="739" spans="1:5">
       <c r="A739">
         <v>2015</v>
       </c>
       <c r="B739" t="s">
         <v>16</v>
       </c>
       <c r="C739" t="s">
         <v>12</v>
       </c>
       <c r="D739" t="s">
         <v>14</v>
       </c>
       <c r="E739">
-        <v>1911.2</v>
+        <v>1730.4</v>
       </c>
     </row>
     <row r="740" spans="1:5">
       <c r="A740">
         <v>2015</v>
       </c>
       <c r="B740" t="s">
         <v>17</v>
       </c>
       <c r="C740" t="s">
         <v>6</v>
       </c>
       <c r="D740" t="s">
         <v>7</v>
       </c>
       <c r="E740">
-        <v>1191.1</v>
+        <v>1226.5</v>
       </c>
     </row>
     <row r="741" spans="1:5">
       <c r="A741">
         <v>2015</v>
       </c>
       <c r="B741" t="s">
         <v>17</v>
       </c>
       <c r="C741" t="s">
         <v>8</v>
       </c>
       <c r="D741" t="s">
         <v>9</v>
       </c>
       <c r="E741">
-        <v>606.8</v>
+        <v>723.8</v>
       </c>
     </row>
     <row r="742" spans="1:5">
       <c r="A742">
         <v>2015</v>
       </c>
       <c r="B742" t="s">
         <v>17</v>
       </c>
       <c r="C742" t="s">
         <v>8</v>
       </c>
       <c r="D742" t="s">
         <v>10</v>
       </c>
       <c r="E742">
-        <v>555.4</v>
+        <v>515.7</v>
       </c>
     </row>
     <row r="743" spans="1:5">
       <c r="A743">
         <v>2015</v>
       </c>
       <c r="B743" t="s">
         <v>17</v>
       </c>
       <c r="C743" t="s">
         <v>8</v>
       </c>
       <c r="D743" t="s">
         <v>11</v>
       </c>
       <c r="E743">
-        <v>504.3</v>
+        <v>487.4</v>
       </c>
     </row>
     <row r="744" spans="1:5">
       <c r="A744">
         <v>2015</v>
       </c>
       <c r="B744" t="s">
         <v>17</v>
       </c>
       <c r="C744" t="s">
         <v>12</v>
       </c>
       <c r="D744" t="s">
         <v>13</v>
       </c>
       <c r="E744">
-        <v>674.8</v>
+        <v>550.1</v>
       </c>
     </row>
     <row r="745" spans="1:5">
       <c r="A745">
         <v>2015</v>
       </c>
       <c r="B745" t="s">
         <v>17</v>
       </c>
       <c r="C745" t="s">
         <v>12</v>
       </c>
       <c r="D745" t="s">
         <v>14</v>
       </c>
       <c r="E745">
-        <v>2126.5</v>
+        <v>1957.3</v>
       </c>
     </row>
     <row r="746" spans="1:5">
       <c r="A746">
         <v>2015</v>
       </c>
       <c r="B746" t="s">
         <v>18</v>
       </c>
       <c r="C746" t="s">
         <v>6</v>
       </c>
       <c r="D746" t="s">
         <v>7</v>
       </c>
       <c r="E746">
-        <v>988.2</v>
+        <v>1314.5</v>
       </c>
     </row>
     <row r="747" spans="1:5">
       <c r="A747">
         <v>2015</v>
       </c>
       <c r="B747" t="s">
         <v>18</v>
       </c>
       <c r="C747" t="s">
         <v>8</v>
       </c>
       <c r="D747" t="s">
         <v>9</v>
       </c>
       <c r="E747">
-        <v>509.5</v>
+        <v>522.4</v>
       </c>
     </row>
     <row r="748" spans="1:5">
       <c r="A748">
         <v>2015</v>
       </c>
       <c r="B748" t="s">
         <v>18</v>
       </c>
       <c r="C748" t="s">
         <v>8</v>
       </c>
       <c r="D748" t="s">
         <v>10</v>
       </c>
       <c r="E748">
-        <v>494.4</v>
+        <v>523.1</v>
       </c>
     </row>
     <row r="749" spans="1:5">
       <c r="A749">
         <v>2015</v>
       </c>
       <c r="B749" t="s">
         <v>18</v>
       </c>
       <c r="C749" t="s">
         <v>8</v>
       </c>
       <c r="D749" t="s">
         <v>11</v>
       </c>
       <c r="E749">
-        <v>363.6</v>
+        <v>533.1</v>
       </c>
     </row>
     <row r="750" spans="1:5">
       <c r="A750">
         <v>2015</v>
       </c>
       <c r="B750" t="s">
         <v>18</v>
       </c>
       <c r="C750" t="s">
         <v>12</v>
       </c>
       <c r="D750" t="s">
         <v>13</v>
       </c>
       <c r="E750">
-        <v>870.2</v>
+        <v>554.0</v>
       </c>
     </row>
     <row r="751" spans="1:5">
       <c r="A751">
         <v>2015</v>
       </c>
       <c r="B751" t="s">
         <v>18</v>
       </c>
       <c r="C751" t="s">
         <v>12</v>
       </c>
       <c r="D751" t="s">
         <v>14</v>
       </c>
       <c r="E751">
-        <v>1809.2</v>
+        <v>1896.1</v>
       </c>
     </row>
     <row r="752" spans="1:5">
       <c r="A752">
         <v>2015</v>
       </c>
       <c r="B752" t="s">
         <v>19</v>
       </c>
       <c r="C752" t="s">
         <v>6</v>
       </c>
       <c r="D752" t="s">
         <v>7</v>
       </c>
       <c r="E752">
-        <v>888.9</v>
+        <v>1219.7</v>
       </c>
     </row>
     <row r="753" spans="1:5">
       <c r="A753">
         <v>2015</v>
       </c>
       <c r="B753" t="s">
         <v>19</v>
       </c>
       <c r="C753" t="s">
         <v>8</v>
       </c>
       <c r="D753" t="s">
         <v>9</v>
       </c>
       <c r="E753">
-        <v>520.3</v>
+        <v>571.2</v>
       </c>
     </row>
     <row r="754" spans="1:5">
       <c r="A754">
         <v>2015</v>
       </c>
       <c r="B754" t="s">
         <v>19</v>
       </c>
       <c r="C754" t="s">
         <v>8</v>
       </c>
       <c r="D754" t="s">
         <v>10</v>
       </c>
       <c r="E754">
-        <v>448.4</v>
+        <v>516.4</v>
       </c>
     </row>
     <row r="755" spans="1:5">
       <c r="A755">
         <v>2015</v>
       </c>
       <c r="B755" t="s">
         <v>19</v>
       </c>
       <c r="C755" t="s">
         <v>8</v>
       </c>
       <c r="D755" t="s">
         <v>11</v>
       </c>
       <c r="E755">
-        <v>301.1</v>
+        <v>529.9</v>
       </c>
     </row>
     <row r="756" spans="1:5">
       <c r="A756">
         <v>2015</v>
       </c>
       <c r="B756" t="s">
         <v>19</v>
       </c>
       <c r="C756" t="s">
         <v>12</v>
       </c>
       <c r="D756" t="s">
         <v>13</v>
       </c>
       <c r="E756">
-        <v>702.8</v>
+        <v>584.7</v>
       </c>
     </row>
     <row r="757" spans="1:5">
       <c r="A757">
         <v>2015</v>
       </c>
       <c r="B757" t="s">
         <v>19</v>
       </c>
       <c r="C757" t="s">
         <v>12</v>
       </c>
       <c r="D757" t="s">
         <v>14</v>
       </c>
       <c r="E757">
-        <v>1690.1</v>
+        <v>1911.2</v>
       </c>
     </row>
     <row r="758" spans="1:5">
       <c r="A758">
         <v>2015</v>
       </c>
       <c r="B758" t="s">
         <v>20</v>
       </c>
       <c r="C758" t="s">
         <v>6</v>
       </c>
       <c r="D758" t="s">
         <v>7</v>
       </c>
       <c r="E758">
-        <v>1176.5</v>
+        <v>1191.1</v>
       </c>
     </row>
     <row r="759" spans="1:5">
       <c r="A759">
         <v>2015</v>
       </c>
       <c r="B759" t="s">
         <v>20</v>
       </c>
       <c r="C759" t="s">
         <v>8</v>
       </c>
       <c r="D759" t="s">
         <v>9</v>
       </c>
       <c r="E759">
-        <v>628.5</v>
+        <v>606.8</v>
       </c>
     </row>
     <row r="760" spans="1:5">
       <c r="A760">
         <v>2015</v>
       </c>
       <c r="B760" t="s">
         <v>20</v>
       </c>
       <c r="C760" t="s">
         <v>8</v>
       </c>
       <c r="D760" t="s">
         <v>10</v>
       </c>
       <c r="E760">
-        <v>484.2</v>
+        <v>555.4</v>
       </c>
     </row>
     <row r="761" spans="1:5">
       <c r="A761">
         <v>2015</v>
       </c>
       <c r="B761" t="s">
         <v>20</v>
       </c>
       <c r="C761" t="s">
         <v>8</v>
       </c>
       <c r="D761" t="s">
         <v>11</v>
       </c>
       <c r="E761">
-        <v>248.0</v>
+        <v>504.3</v>
       </c>
     </row>
     <row r="762" spans="1:5">
       <c r="A762">
         <v>2015</v>
       </c>
       <c r="B762" t="s">
         <v>20</v>
       </c>
       <c r="C762" t="s">
         <v>12</v>
       </c>
       <c r="D762" t="s">
         <v>13</v>
       </c>
       <c r="E762">
-        <v>687.1</v>
+        <v>674.8</v>
       </c>
     </row>
     <row r="763" spans="1:5">
       <c r="A763">
         <v>2015</v>
       </c>
       <c r="B763" t="s">
         <v>20</v>
       </c>
       <c r="C763" t="s">
         <v>12</v>
       </c>
       <c r="D763" t="s">
         <v>14</v>
       </c>
       <c r="E763">
-        <v>1852.3</v>
+        <v>2126.5</v>
       </c>
     </row>
     <row r="764" spans="1:5">
       <c r="A764">
         <v>2015</v>
       </c>
       <c r="B764" t="s">
         <v>21</v>
       </c>
       <c r="C764" t="s">
         <v>6</v>
       </c>
       <c r="D764" t="s">
         <v>7</v>
       </c>
       <c r="E764">
-        <v>1056.2</v>
+        <v>988.2</v>
       </c>
     </row>
     <row r="765" spans="1:5">
       <c r="A765">
         <v>2015</v>
       </c>
       <c r="B765" t="s">
         <v>21</v>
       </c>
       <c r="C765" t="s">
         <v>8</v>
       </c>
       <c r="D765" t="s">
         <v>9</v>
       </c>
       <c r="E765">
-        <v>571.5</v>
+        <v>509.5</v>
       </c>
     </row>
     <row r="766" spans="1:5">
       <c r="A766">
         <v>2015</v>
       </c>
       <c r="B766" t="s">
         <v>21</v>
       </c>
       <c r="C766" t="s">
         <v>8</v>
       </c>
       <c r="D766" t="s">
         <v>10</v>
       </c>
       <c r="E766">
-        <v>544.1</v>
+        <v>494.4</v>
       </c>
     </row>
     <row r="767" spans="1:5">
       <c r="A767">
         <v>2015</v>
       </c>
       <c r="B767" t="s">
         <v>21</v>
       </c>
       <c r="C767" t="s">
         <v>8</v>
       </c>
       <c r="D767" t="s">
         <v>11</v>
       </c>
       <c r="E767">
-        <v>508.6</v>
+        <v>363.6</v>
       </c>
     </row>
     <row r="768" spans="1:5">
       <c r="A768">
         <v>2015</v>
       </c>
       <c r="B768" t="s">
         <v>21</v>
       </c>
       <c r="C768" t="s">
         <v>12</v>
       </c>
       <c r="D768" t="s">
         <v>13</v>
       </c>
       <c r="E768">
-        <v>879.7</v>
+        <v>870.2</v>
       </c>
     </row>
     <row r="769" spans="1:5">
       <c r="A769">
         <v>2015</v>
       </c>
       <c r="B769" t="s">
         <v>21</v>
       </c>
       <c r="C769" t="s">
         <v>12</v>
       </c>
       <c r="D769" t="s">
         <v>14</v>
       </c>
       <c r="E769">
-        <v>1920.5</v>
+        <v>1809.2</v>
       </c>
     </row>
     <row r="770" spans="1:5">
       <c r="A770">
         <v>2015</v>
       </c>
       <c r="B770" t="s">
         <v>22</v>
       </c>
       <c r="C770" t="s">
         <v>6</v>
       </c>
       <c r="D770" t="s">
         <v>7</v>
       </c>
       <c r="E770">
-        <v>1019.6</v>
+        <v>888.9</v>
       </c>
     </row>
     <row r="771" spans="1:5">
       <c r="A771">
         <v>2015</v>
       </c>
       <c r="B771" t="s">
         <v>22</v>
       </c>
       <c r="C771" t="s">
         <v>8</v>
       </c>
       <c r="D771" t="s">
         <v>9</v>
       </c>
       <c r="E771">
-        <v>501.9</v>
+        <v>520.3</v>
       </c>
     </row>
     <row r="772" spans="1:5">
       <c r="A772">
         <v>2015</v>
       </c>
       <c r="B772" t="s">
         <v>22</v>
       </c>
       <c r="C772" t="s">
         <v>8</v>
       </c>
       <c r="D772" t="s">
         <v>10</v>
       </c>
       <c r="E772">
-        <v>456.2</v>
+        <v>448.4</v>
       </c>
     </row>
     <row r="773" spans="1:5">
       <c r="A773">
         <v>2015</v>
       </c>
       <c r="B773" t="s">
         <v>22</v>
       </c>
       <c r="C773" t="s">
         <v>8</v>
       </c>
       <c r="D773" t="s">
         <v>11</v>
       </c>
       <c r="E773">
-        <v>481.0</v>
+        <v>301.1</v>
       </c>
     </row>
     <row r="774" spans="1:5">
       <c r="A774">
         <v>2015</v>
       </c>
       <c r="B774" t="s">
         <v>22</v>
       </c>
       <c r="C774" t="s">
         <v>12</v>
       </c>
       <c r="D774" t="s">
         <v>13</v>
       </c>
       <c r="E774">
-        <v>617.3</v>
+        <v>702.8</v>
       </c>
     </row>
     <row r="775" spans="1:5">
       <c r="A775">
         <v>2015</v>
       </c>
       <c r="B775" t="s">
         <v>22</v>
       </c>
       <c r="C775" t="s">
         <v>12</v>
       </c>
       <c r="D775" t="s">
         <v>14</v>
       </c>
       <c r="E775">
-        <v>1722.4</v>
+        <v>1690.1</v>
       </c>
     </row>
     <row r="776" spans="1:5">
       <c r="A776">
         <v>2015</v>
       </c>
       <c r="B776" t="s">
         <v>23</v>
       </c>
       <c r="C776" t="s">
         <v>6</v>
       </c>
       <c r="D776" t="s">
         <v>7</v>
       </c>
       <c r="E776">
-        <v>1024.6</v>
+        <v>1176.5</v>
       </c>
     </row>
     <row r="777" spans="1:5">
       <c r="A777">
         <v>2015</v>
       </c>
       <c r="B777" t="s">
         <v>23</v>
       </c>
       <c r="C777" t="s">
         <v>8</v>
       </c>
       <c r="D777" t="s">
         <v>9</v>
       </c>
       <c r="E777">
-        <v>543.8</v>
+        <v>628.5</v>
       </c>
     </row>
     <row r="778" spans="1:5">
       <c r="A778">
         <v>2015</v>
       </c>
       <c r="B778" t="s">
         <v>23</v>
       </c>
       <c r="C778" t="s">
         <v>8</v>
       </c>
       <c r="D778" t="s">
         <v>10</v>
       </c>
       <c r="E778">
-        <v>452.8</v>
+        <v>484.2</v>
       </c>
     </row>
     <row r="779" spans="1:5">
       <c r="A779">
         <v>2015</v>
       </c>
       <c r="B779" t="s">
         <v>23</v>
       </c>
       <c r="C779" t="s">
         <v>8</v>
       </c>
       <c r="D779" t="s">
         <v>11</v>
       </c>
       <c r="E779">
-        <v>467.9</v>
+        <v>248.0</v>
       </c>
     </row>
     <row r="780" spans="1:5">
       <c r="A780">
         <v>2015</v>
       </c>
       <c r="B780" t="s">
         <v>23</v>
       </c>
       <c r="C780" t="s">
         <v>12</v>
       </c>
       <c r="D780" t="s">
         <v>13</v>
       </c>
       <c r="E780">
-        <v>657.5</v>
+        <v>687.1</v>
       </c>
     </row>
     <row r="781" spans="1:5">
       <c r="A781">
         <v>2015</v>
       </c>
       <c r="B781" t="s">
         <v>23</v>
       </c>
       <c r="C781" t="s">
         <v>12</v>
       </c>
       <c r="D781" t="s">
         <v>14</v>
       </c>
       <c r="E781">
-        <v>2232.5</v>
+        <v>1852.3</v>
       </c>
     </row>
     <row r="782" spans="1:5">
       <c r="A782">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B782" t="s">
         <v>24</v>
       </c>
       <c r="C782" t="s">
         <v>6</v>
       </c>
       <c r="D782" t="s">
         <v>7</v>
       </c>
       <c r="E782">
-        <v>1663.7</v>
+        <v>1056.2</v>
       </c>
     </row>
     <row r="783" spans="1:5">
       <c r="A783">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B783" t="s">
         <v>24</v>
       </c>
       <c r="C783" t="s">
         <v>8</v>
       </c>
       <c r="D783" t="s">
         <v>9</v>
       </c>
       <c r="E783">
-        <v>577.7</v>
+        <v>571.5</v>
       </c>
     </row>
     <row r="784" spans="1:5">
       <c r="A784">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B784" t="s">
         <v>24</v>
       </c>
       <c r="C784" t="s">
         <v>8</v>
       </c>
       <c r="D784" t="s">
         <v>10</v>
       </c>
       <c r="E784">
-        <v>532.6</v>
+        <v>544.1</v>
       </c>
     </row>
     <row r="785" spans="1:5">
       <c r="A785">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B785" t="s">
         <v>24</v>
       </c>
       <c r="C785" t="s">
         <v>8</v>
       </c>
       <c r="D785" t="s">
         <v>11</v>
       </c>
       <c r="E785">
-        <v>489.7</v>
+        <v>508.6</v>
       </c>
     </row>
     <row r="786" spans="1:5">
       <c r="A786">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B786" t="s">
         <v>24</v>
       </c>
       <c r="C786" t="s">
         <v>12</v>
       </c>
       <c r="D786" t="s">
         <v>13</v>
       </c>
       <c r="E786">
-        <v>931.4</v>
+        <v>879.7</v>
       </c>
     </row>
     <row r="787" spans="1:5">
       <c r="A787">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B787" t="s">
         <v>24</v>
       </c>
       <c r="C787" t="s">
         <v>12</v>
       </c>
       <c r="D787" t="s">
         <v>14</v>
       </c>
       <c r="E787">
-        <v>2441.0</v>
+        <v>1920.5</v>
       </c>
     </row>
     <row r="788" spans="1:5">
       <c r="A788">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B788" t="s">
         <v>25</v>
       </c>
       <c r="C788" t="s">
         <v>6</v>
       </c>
       <c r="D788" t="s">
         <v>7</v>
       </c>
       <c r="E788">
-        <v>1366.7</v>
+        <v>1019.6</v>
       </c>
     </row>
     <row r="789" spans="1:5">
       <c r="A789">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B789" t="s">
         <v>25</v>
       </c>
       <c r="C789" t="s">
         <v>8</v>
       </c>
       <c r="D789" t="s">
         <v>9</v>
       </c>
       <c r="E789">
-        <v>614.5</v>
+        <v>501.9</v>
       </c>
     </row>
     <row r="790" spans="1:5">
       <c r="A790">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B790" t="s">
         <v>25</v>
       </c>
       <c r="C790" t="s">
         <v>8</v>
       </c>
       <c r="D790" t="s">
         <v>10</v>
       </c>
       <c r="E790">
-        <v>529.0</v>
+        <v>456.2</v>
       </c>
     </row>
     <row r="791" spans="1:5">
       <c r="A791">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B791" t="s">
         <v>25</v>
       </c>
       <c r="C791" t="s">
         <v>8</v>
       </c>
       <c r="D791" t="s">
         <v>11</v>
       </c>
       <c r="E791">
-        <v>407.7</v>
+        <v>481.0</v>
       </c>
     </row>
     <row r="792" spans="1:5">
       <c r="A792">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B792" t="s">
         <v>25</v>
       </c>
       <c r="C792" t="s">
         <v>12</v>
       </c>
       <c r="D792" t="s">
         <v>13</v>
       </c>
       <c r="E792">
-        <v>796.7</v>
+        <v>617.3</v>
       </c>
     </row>
     <row r="793" spans="1:5">
       <c r="A793">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B793" t="s">
         <v>25</v>
       </c>
       <c r="C793" t="s">
         <v>12</v>
       </c>
       <c r="D793" t="s">
         <v>14</v>
       </c>
       <c r="E793">
-        <v>1962.4</v>
+        <v>1722.4</v>
       </c>
     </row>
     <row r="794" spans="1:5">
       <c r="A794">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B794" t="s">
         <v>5</v>
       </c>
       <c r="C794" t="s">
         <v>6</v>
       </c>
       <c r="D794" t="s">
         <v>7</v>
       </c>
       <c r="E794">
-        <v>1120.0</v>
+        <v>1024.6</v>
       </c>
     </row>
     <row r="795" spans="1:5">
       <c r="A795">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B795" t="s">
         <v>5</v>
       </c>
       <c r="C795" t="s">
         <v>8</v>
       </c>
       <c r="D795" t="s">
         <v>9</v>
       </c>
       <c r="E795">
-        <v>652.5</v>
+        <v>543.8</v>
       </c>
     </row>
     <row r="796" spans="1:5">
       <c r="A796">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B796" t="s">
         <v>5</v>
       </c>
       <c r="C796" t="s">
         <v>8</v>
       </c>
       <c r="D796" t="s">
         <v>10</v>
       </c>
       <c r="E796">
-        <v>592.3</v>
+        <v>452.8</v>
       </c>
     </row>
     <row r="797" spans="1:5">
       <c r="A797">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B797" t="s">
         <v>5</v>
       </c>
       <c r="C797" t="s">
         <v>8</v>
       </c>
       <c r="D797" t="s">
         <v>11</v>
       </c>
       <c r="E797">
-        <v>490.8</v>
+        <v>467.9</v>
       </c>
     </row>
     <row r="798" spans="1:5">
       <c r="A798">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B798" t="s">
         <v>5</v>
       </c>
       <c r="C798" t="s">
         <v>12</v>
       </c>
       <c r="D798" t="s">
         <v>13</v>
       </c>
       <c r="E798">
-        <v>1093.3</v>
+        <v>657.5</v>
       </c>
     </row>
     <row r="799" spans="1:5">
       <c r="A799">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B799" t="s">
         <v>5</v>
       </c>
       <c r="C799" t="s">
         <v>12</v>
       </c>
       <c r="D799" t="s">
         <v>14</v>
       </c>
       <c r="E799">
-        <v>2202.1</v>
+        <v>2232.5</v>
       </c>
     </row>
     <row r="800" spans="1:5">
       <c r="A800">
         <v>2014</v>
       </c>
       <c r="B800" t="s">
         <v>15</v>
       </c>
       <c r="C800" t="s">
         <v>6</v>
       </c>
       <c r="D800" t="s">
         <v>7</v>
       </c>
       <c r="E800">
-        <v>1122.9</v>
+        <v>1663.7</v>
       </c>
     </row>
     <row r="801" spans="1:5">
       <c r="A801">
         <v>2014</v>
       </c>
       <c r="B801" t="s">
         <v>15</v>
       </c>
       <c r="C801" t="s">
         <v>8</v>
       </c>
       <c r="D801" t="s">
         <v>9</v>
       </c>
       <c r="E801">
-        <v>561.1</v>
+        <v>577.7</v>
       </c>
     </row>
     <row r="802" spans="1:5">
       <c r="A802">
         <v>2014</v>
       </c>
       <c r="B802" t="s">
         <v>15</v>
       </c>
       <c r="C802" t="s">
         <v>8</v>
       </c>
       <c r="D802" t="s">
         <v>10</v>
       </c>
       <c r="E802">
-        <v>581.3</v>
+        <v>532.6</v>
       </c>
     </row>
     <row r="803" spans="1:5">
       <c r="A803">
         <v>2014</v>
       </c>
       <c r="B803" t="s">
         <v>15</v>
       </c>
       <c r="C803" t="s">
         <v>8</v>
       </c>
       <c r="D803" t="s">
         <v>11</v>
       </c>
       <c r="E803">
-        <v>551.7</v>
+        <v>489.7</v>
       </c>
     </row>
     <row r="804" spans="1:5">
       <c r="A804">
         <v>2014</v>
       </c>
       <c r="B804" t="s">
         <v>15</v>
       </c>
       <c r="C804" t="s">
         <v>12</v>
       </c>
       <c r="D804" t="s">
         <v>13</v>
       </c>
       <c r="E804">
-        <v>969.1</v>
+        <v>931.4</v>
       </c>
     </row>
     <row r="805" spans="1:5">
       <c r="A805">
         <v>2014</v>
       </c>
       <c r="B805" t="s">
         <v>15</v>
       </c>
       <c r="C805" t="s">
         <v>12</v>
       </c>
       <c r="D805" t="s">
         <v>14</v>
       </c>
       <c r="E805">
-        <v>2010.1</v>
+        <v>2441.0</v>
       </c>
     </row>
     <row r="806" spans="1:5">
       <c r="A806">
         <v>2014</v>
       </c>
       <c r="B806" t="s">
         <v>16</v>
       </c>
       <c r="C806" t="s">
         <v>6</v>
       </c>
       <c r="D806" t="s">
         <v>7</v>
       </c>
       <c r="E806">
-        <v>1193.1</v>
+        <v>1366.7</v>
       </c>
     </row>
     <row r="807" spans="1:5">
       <c r="A807">
         <v>2014</v>
       </c>
       <c r="B807" t="s">
         <v>16</v>
       </c>
       <c r="C807" t="s">
         <v>8</v>
       </c>
       <c r="D807" t="s">
         <v>9</v>
       </c>
       <c r="E807">
-        <v>562.6</v>
+        <v>614.5</v>
       </c>
     </row>
     <row r="808" spans="1:5">
       <c r="A808">
         <v>2014</v>
       </c>
       <c r="B808" t="s">
         <v>16</v>
       </c>
       <c r="C808" t="s">
         <v>8</v>
       </c>
       <c r="D808" t="s">
         <v>10</v>
       </c>
       <c r="E808">
-        <v>581.5</v>
+        <v>529.0</v>
       </c>
     </row>
     <row r="809" spans="1:5">
       <c r="A809">
         <v>2014</v>
       </c>
       <c r="B809" t="s">
         <v>16</v>
       </c>
       <c r="C809" t="s">
         <v>8</v>
       </c>
       <c r="D809" t="s">
         <v>11</v>
       </c>
       <c r="E809">
-        <v>513.4</v>
+        <v>407.7</v>
       </c>
     </row>
     <row r="810" spans="1:5">
       <c r="A810">
         <v>2014</v>
       </c>
       <c r="B810" t="s">
         <v>16</v>
       </c>
       <c r="C810" t="s">
         <v>12</v>
       </c>
       <c r="D810" t="s">
         <v>13</v>
       </c>
       <c r="E810">
-        <v>1160.9</v>
+        <v>796.7</v>
       </c>
     </row>
     <row r="811" spans="1:5">
       <c r="A811">
         <v>2014</v>
       </c>
       <c r="B811" t="s">
         <v>16</v>
       </c>
       <c r="C811" t="s">
         <v>12</v>
       </c>
       <c r="D811" t="s">
         <v>14</v>
       </c>
       <c r="E811">
-        <v>1971.4</v>
+        <v>1962.4</v>
       </c>
     </row>
     <row r="812" spans="1:5">
       <c r="A812">
         <v>2014</v>
       </c>
       <c r="B812" t="s">
         <v>17</v>
       </c>
       <c r="C812" t="s">
         <v>6</v>
       </c>
       <c r="D812" t="s">
         <v>7</v>
       </c>
       <c r="E812">
-        <v>1241.9</v>
+        <v>1120.0</v>
       </c>
     </row>
     <row r="813" spans="1:5">
       <c r="A813">
         <v>2014</v>
       </c>
       <c r="B813" t="s">
         <v>17</v>
       </c>
       <c r="C813" t="s">
         <v>8</v>
       </c>
       <c r="D813" t="s">
         <v>9</v>
       </c>
       <c r="E813">
-        <v>577.1</v>
+        <v>652.5</v>
       </c>
     </row>
     <row r="814" spans="1:5">
       <c r="A814">
         <v>2014</v>
       </c>
       <c r="B814" t="s">
         <v>17</v>
       </c>
       <c r="C814" t="s">
         <v>8</v>
       </c>
       <c r="D814" t="s">
         <v>10</v>
       </c>
       <c r="E814">
-        <v>570.5</v>
+        <v>592.3</v>
       </c>
     </row>
     <row r="815" spans="1:5">
       <c r="A815">
         <v>2014</v>
       </c>
       <c r="B815" t="s">
         <v>17</v>
       </c>
       <c r="C815" t="s">
         <v>8</v>
       </c>
       <c r="D815" t="s">
         <v>11</v>
       </c>
       <c r="E815">
-        <v>515.0</v>
+        <v>490.8</v>
       </c>
     </row>
     <row r="816" spans="1:5">
       <c r="A816">
         <v>2014</v>
       </c>
       <c r="B816" t="s">
         <v>17</v>
       </c>
       <c r="C816" t="s">
         <v>12</v>
       </c>
       <c r="D816" t="s">
         <v>13</v>
       </c>
       <c r="E816">
-        <v>1386.9</v>
+        <v>1093.3</v>
       </c>
     </row>
     <row r="817" spans="1:5">
       <c r="A817">
         <v>2014</v>
       </c>
       <c r="B817" t="s">
         <v>17</v>
       </c>
       <c r="C817" t="s">
         <v>12</v>
       </c>
       <c r="D817" t="s">
         <v>14</v>
       </c>
       <c r="E817">
-        <v>2182.2</v>
+        <v>2202.1</v>
       </c>
     </row>
     <row r="818" spans="1:5">
       <c r="A818">
         <v>2014</v>
       </c>
       <c r="B818" t="s">
         <v>18</v>
       </c>
       <c r="C818" t="s">
         <v>6</v>
       </c>
       <c r="D818" t="s">
         <v>7</v>
       </c>
       <c r="E818">
-        <v>1313.8</v>
+        <v>1122.9</v>
       </c>
     </row>
     <row r="819" spans="1:5">
       <c r="A819">
         <v>2014</v>
       </c>
       <c r="B819" t="s">
         <v>18</v>
       </c>
       <c r="C819" t="s">
         <v>8</v>
       </c>
       <c r="D819" t="s">
         <v>9</v>
       </c>
       <c r="E819">
-        <v>564.1</v>
+        <v>561.1</v>
       </c>
     </row>
     <row r="820" spans="1:5">
       <c r="A820">
         <v>2014</v>
       </c>
       <c r="B820" t="s">
         <v>18</v>
       </c>
       <c r="C820" t="s">
         <v>8</v>
       </c>
       <c r="D820" t="s">
         <v>10</v>
       </c>
       <c r="E820">
-        <v>516.5</v>
+        <v>581.3</v>
       </c>
     </row>
     <row r="821" spans="1:5">
       <c r="A821">
         <v>2014</v>
       </c>
       <c r="B821" t="s">
         <v>18</v>
       </c>
       <c r="C821" t="s">
         <v>8</v>
       </c>
       <c r="D821" t="s">
         <v>11</v>
       </c>
       <c r="E821">
-        <v>480.5</v>
+        <v>551.7</v>
       </c>
     </row>
     <row r="822" spans="1:5">
       <c r="A822">
         <v>2014</v>
       </c>
       <c r="B822" t="s">
         <v>18</v>
       </c>
       <c r="C822" t="s">
         <v>12</v>
       </c>
       <c r="D822" t="s">
         <v>13</v>
       </c>
       <c r="E822">
-        <v>1227.5</v>
+        <v>969.1</v>
       </c>
     </row>
     <row r="823" spans="1:5">
       <c r="A823">
         <v>2014</v>
       </c>
       <c r="B823" t="s">
         <v>18</v>
       </c>
       <c r="C823" t="s">
         <v>12</v>
       </c>
       <c r="D823" t="s">
         <v>14</v>
       </c>
       <c r="E823">
-        <v>1876.1</v>
+        <v>2010.1</v>
       </c>
     </row>
     <row r="824" spans="1:5">
       <c r="A824">
         <v>2014</v>
       </c>
       <c r="B824" t="s">
         <v>19</v>
       </c>
       <c r="C824" t="s">
         <v>6</v>
       </c>
       <c r="D824" t="s">
         <v>7</v>
       </c>
       <c r="E824">
-        <v>1170.7</v>
+        <v>1193.1</v>
       </c>
     </row>
     <row r="825" spans="1:5">
       <c r="A825">
         <v>2014</v>
       </c>
       <c r="B825" t="s">
         <v>19</v>
       </c>
       <c r="C825" t="s">
         <v>8</v>
       </c>
       <c r="D825" t="s">
         <v>9</v>
       </c>
       <c r="E825">
-        <v>636.3</v>
+        <v>562.6</v>
       </c>
     </row>
     <row r="826" spans="1:5">
       <c r="A826">
         <v>2014</v>
       </c>
       <c r="B826" t="s">
         <v>19</v>
       </c>
       <c r="C826" t="s">
         <v>8</v>
       </c>
       <c r="D826" t="s">
         <v>10</v>
       </c>
       <c r="E826">
-        <v>569.5</v>
+        <v>581.5</v>
       </c>
     </row>
     <row r="827" spans="1:5">
       <c r="A827">
         <v>2014</v>
       </c>
       <c r="B827" t="s">
         <v>19</v>
       </c>
       <c r="C827" t="s">
         <v>8</v>
       </c>
       <c r="D827" t="s">
         <v>11</v>
       </c>
       <c r="E827">
-        <v>403.1</v>
+        <v>513.4</v>
       </c>
     </row>
     <row r="828" spans="1:5">
       <c r="A828">
         <v>2014</v>
       </c>
       <c r="B828" t="s">
         <v>19</v>
       </c>
       <c r="C828" t="s">
         <v>12</v>
       </c>
       <c r="D828" t="s">
         <v>13</v>
       </c>
       <c r="E828">
-        <v>1062.7</v>
+        <v>1160.9</v>
       </c>
     </row>
     <row r="829" spans="1:5">
       <c r="A829">
         <v>2014</v>
       </c>
       <c r="B829" t="s">
         <v>19</v>
       </c>
       <c r="C829" t="s">
         <v>12</v>
       </c>
       <c r="D829" t="s">
         <v>14</v>
       </c>
       <c r="E829">
-        <v>1926.9</v>
+        <v>1971.4</v>
       </c>
     </row>
     <row r="830" spans="1:5">
       <c r="A830">
         <v>2014</v>
       </c>
       <c r="B830" t="s">
         <v>20</v>
       </c>
       <c r="C830" t="s">
         <v>6</v>
       </c>
       <c r="D830" t="s">
         <v>7</v>
       </c>
       <c r="E830">
-        <v>1203.7</v>
+        <v>1241.9</v>
       </c>
     </row>
     <row r="831" spans="1:5">
       <c r="A831">
         <v>2014</v>
       </c>
       <c r="B831" t="s">
         <v>20</v>
       </c>
       <c r="C831" t="s">
         <v>8</v>
       </c>
       <c r="D831" t="s">
         <v>9</v>
       </c>
       <c r="E831">
-        <v>695.0</v>
+        <v>577.1</v>
       </c>
     </row>
     <row r="832" spans="1:5">
       <c r="A832">
         <v>2014</v>
       </c>
       <c r="B832" t="s">
         <v>20</v>
       </c>
       <c r="C832" t="s">
         <v>8</v>
       </c>
       <c r="D832" t="s">
         <v>10</v>
       </c>
       <c r="E832">
-        <v>561.7</v>
+        <v>570.5</v>
       </c>
     </row>
     <row r="833" spans="1:5">
       <c r="A833">
         <v>2014</v>
       </c>
       <c r="B833" t="s">
         <v>20</v>
       </c>
       <c r="C833" t="s">
         <v>8</v>
       </c>
       <c r="D833" t="s">
         <v>11</v>
       </c>
       <c r="E833">
-        <v>316.5</v>
+        <v>515.0</v>
       </c>
     </row>
     <row r="834" spans="1:5">
       <c r="A834">
         <v>2014</v>
       </c>
       <c r="B834" t="s">
         <v>20</v>
       </c>
       <c r="C834" t="s">
         <v>12</v>
       </c>
       <c r="D834" t="s">
         <v>13</v>
       </c>
       <c r="E834">
-        <v>1509.8</v>
+        <v>1386.9</v>
       </c>
     </row>
     <row r="835" spans="1:5">
       <c r="A835">
         <v>2014</v>
       </c>
       <c r="B835" t="s">
         <v>20</v>
       </c>
       <c r="C835" t="s">
         <v>12</v>
       </c>
       <c r="D835" t="s">
         <v>14</v>
       </c>
       <c r="E835">
-        <v>1909.6</v>
+        <v>2182.2</v>
       </c>
     </row>
     <row r="836" spans="1:5">
       <c r="A836">
         <v>2014</v>
       </c>
       <c r="B836" t="s">
         <v>21</v>
       </c>
       <c r="C836" t="s">
         <v>6</v>
       </c>
       <c r="D836" t="s">
         <v>7</v>
       </c>
       <c r="E836">
-        <v>1301.4</v>
+        <v>1313.8</v>
       </c>
     </row>
     <row r="837" spans="1:5">
       <c r="A837">
         <v>2014</v>
       </c>
       <c r="B837" t="s">
         <v>21</v>
       </c>
       <c r="C837" t="s">
         <v>8</v>
       </c>
       <c r="D837" t="s">
         <v>9</v>
       </c>
       <c r="E837">
-        <v>573.8</v>
+        <v>564.1</v>
       </c>
     </row>
     <row r="838" spans="1:5">
       <c r="A838">
         <v>2014</v>
       </c>
       <c r="B838" t="s">
         <v>21</v>
       </c>
       <c r="C838" t="s">
         <v>8</v>
       </c>
       <c r="D838" t="s">
         <v>10</v>
       </c>
       <c r="E838">
-        <v>578.5</v>
+        <v>516.5</v>
       </c>
     </row>
     <row r="839" spans="1:5">
       <c r="A839">
         <v>2014</v>
       </c>
       <c r="B839" t="s">
         <v>21</v>
       </c>
       <c r="C839" t="s">
         <v>8</v>
       </c>
       <c r="D839" t="s">
         <v>11</v>
       </c>
       <c r="E839">
-        <v>444.2</v>
+        <v>480.5</v>
       </c>
     </row>
     <row r="840" spans="1:5">
       <c r="A840">
         <v>2014</v>
       </c>
       <c r="B840" t="s">
         <v>21</v>
       </c>
       <c r="C840" t="s">
         <v>12</v>
       </c>
       <c r="D840" t="s">
         <v>13</v>
       </c>
       <c r="E840">
-        <v>1264.1</v>
+        <v>1227.5</v>
       </c>
     </row>
     <row r="841" spans="1:5">
       <c r="A841">
         <v>2014</v>
       </c>
       <c r="B841" t="s">
         <v>21</v>
       </c>
       <c r="C841" t="s">
         <v>12</v>
       </c>
       <c r="D841" t="s">
         <v>14</v>
       </c>
       <c r="E841">
-        <v>1838.4</v>
+        <v>1876.1</v>
       </c>
     </row>
     <row r="842" spans="1:5">
       <c r="A842">
         <v>2014</v>
       </c>
       <c r="B842" t="s">
         <v>22</v>
       </c>
       <c r="C842" t="s">
         <v>6</v>
       </c>
       <c r="D842" t="s">
         <v>7</v>
       </c>
       <c r="E842">
-        <v>1118.0</v>
+        <v>1170.7</v>
       </c>
     </row>
     <row r="843" spans="1:5">
       <c r="A843">
         <v>2014</v>
       </c>
       <c r="B843" t="s">
         <v>22</v>
       </c>
       <c r="C843" t="s">
         <v>8</v>
       </c>
       <c r="D843" t="s">
         <v>9</v>
       </c>
       <c r="E843">
-        <v>558.7</v>
+        <v>636.3</v>
       </c>
     </row>
     <row r="844" spans="1:5">
       <c r="A844">
         <v>2014</v>
       </c>
       <c r="B844" t="s">
         <v>22</v>
       </c>
       <c r="C844" t="s">
         <v>8</v>
       </c>
       <c r="D844" t="s">
         <v>10</v>
       </c>
       <c r="E844">
-        <v>553.0</v>
+        <v>569.5</v>
       </c>
     </row>
     <row r="845" spans="1:5">
       <c r="A845">
         <v>2014</v>
       </c>
       <c r="B845" t="s">
         <v>22</v>
       </c>
       <c r="C845" t="s">
         <v>8</v>
       </c>
       <c r="D845" t="s">
         <v>11</v>
       </c>
       <c r="E845">
-        <v>577.5</v>
+        <v>403.1</v>
       </c>
     </row>
     <row r="846" spans="1:5">
       <c r="A846">
         <v>2014</v>
       </c>
       <c r="B846" t="s">
         <v>22</v>
       </c>
       <c r="C846" t="s">
         <v>12</v>
       </c>
       <c r="D846" t="s">
         <v>13</v>
       </c>
       <c r="E846">
-        <v>1092.6</v>
+        <v>1062.7</v>
       </c>
     </row>
     <row r="847" spans="1:5">
       <c r="A847">
         <v>2014</v>
       </c>
       <c r="B847" t="s">
         <v>22</v>
       </c>
       <c r="C847" t="s">
         <v>12</v>
       </c>
       <c r="D847" t="s">
         <v>14</v>
       </c>
       <c r="E847">
-        <v>1836.1</v>
+        <v>1926.9</v>
       </c>
     </row>
     <row r="848" spans="1:5">
       <c r="A848">
         <v>2014</v>
       </c>
       <c r="B848" t="s">
         <v>23</v>
       </c>
       <c r="C848" t="s">
         <v>6</v>
       </c>
       <c r="D848" t="s">
         <v>7</v>
       </c>
       <c r="E848">
-        <v>1228.7</v>
+        <v>1203.7</v>
       </c>
     </row>
     <row r="849" spans="1:5">
       <c r="A849">
         <v>2014</v>
       </c>
       <c r="B849" t="s">
         <v>23</v>
       </c>
       <c r="C849" t="s">
         <v>8</v>
       </c>
       <c r="D849" t="s">
         <v>9</v>
       </c>
       <c r="E849">
-        <v>653.3</v>
+        <v>695.0</v>
       </c>
     </row>
     <row r="850" spans="1:5">
       <c r="A850">
         <v>2014</v>
       </c>
       <c r="B850" t="s">
         <v>23</v>
       </c>
       <c r="C850" t="s">
         <v>8</v>
       </c>
       <c r="D850" t="s">
         <v>10</v>
       </c>
       <c r="E850">
-        <v>550.2</v>
+        <v>561.7</v>
       </c>
     </row>
     <row r="851" spans="1:5">
       <c r="A851">
         <v>2014</v>
       </c>
       <c r="B851" t="s">
         <v>23</v>
       </c>
       <c r="C851" t="s">
         <v>8</v>
       </c>
       <c r="D851" t="s">
         <v>11</v>
       </c>
       <c r="E851">
-        <v>555.1</v>
+        <v>316.5</v>
       </c>
     </row>
     <row r="852" spans="1:5">
       <c r="A852">
         <v>2014</v>
       </c>
       <c r="B852" t="s">
         <v>23</v>
       </c>
       <c r="C852" t="s">
         <v>12</v>
       </c>
       <c r="D852" t="s">
         <v>13</v>
       </c>
       <c r="E852">
-        <v>1267.8</v>
+        <v>1509.8</v>
       </c>
     </row>
     <row r="853" spans="1:5">
       <c r="A853">
         <v>2014</v>
       </c>
       <c r="B853" t="s">
         <v>23</v>
       </c>
       <c r="C853" t="s">
         <v>12</v>
       </c>
       <c r="D853" t="s">
         <v>14</v>
       </c>
       <c r="E853">
-        <v>2197.1</v>
+        <v>1909.6</v>
       </c>
     </row>
     <row r="854" spans="1:5">
       <c r="A854">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B854" t="s">
         <v>24</v>
       </c>
       <c r="C854" t="s">
         <v>6</v>
       </c>
       <c r="D854" t="s">
         <v>7</v>
       </c>
       <c r="E854">
-        <v>1253.0</v>
+        <v>1301.4</v>
       </c>
     </row>
     <row r="855" spans="1:5">
       <c r="A855">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B855" t="s">
         <v>24</v>
       </c>
       <c r="C855" t="s">
         <v>8</v>
       </c>
       <c r="D855" t="s">
         <v>9</v>
       </c>
       <c r="E855">
-        <v>559.3</v>
+        <v>573.8</v>
       </c>
     </row>
     <row r="856" spans="1:5">
       <c r="A856">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B856" t="s">
         <v>24</v>
       </c>
       <c r="C856" t="s">
         <v>8</v>
       </c>
       <c r="D856" t="s">
         <v>10</v>
       </c>
       <c r="E856">
-        <v>621.1</v>
+        <v>578.5</v>
       </c>
     </row>
     <row r="857" spans="1:5">
       <c r="A857">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B857" t="s">
         <v>24</v>
       </c>
       <c r="C857" t="s">
         <v>8</v>
       </c>
       <c r="D857" t="s">
         <v>11</v>
       </c>
       <c r="E857">
-        <v>567.9</v>
+        <v>444.2</v>
       </c>
     </row>
     <row r="858" spans="1:5">
       <c r="A858">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B858" t="s">
         <v>24</v>
       </c>
       <c r="C858" t="s">
         <v>12</v>
       </c>
       <c r="D858" t="s">
         <v>13</v>
       </c>
       <c r="E858">
-        <v>1177.9</v>
+        <v>1264.1</v>
       </c>
     </row>
     <row r="859" spans="1:5">
       <c r="A859">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B859" t="s">
         <v>24</v>
       </c>
       <c r="C859" t="s">
         <v>12</v>
       </c>
       <c r="D859" t="s">
         <v>14</v>
       </c>
       <c r="E859">
-        <v>2102.5</v>
+        <v>1838.4</v>
       </c>
     </row>
     <row r="860" spans="1:5">
       <c r="A860">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B860" t="s">
         <v>25</v>
       </c>
       <c r="C860" t="s">
         <v>6</v>
       </c>
       <c r="D860" t="s">
         <v>7</v>
       </c>
       <c r="E860">
-        <v>1423.4</v>
+        <v>1118.0</v>
       </c>
     </row>
     <row r="861" spans="1:5">
       <c r="A861">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B861" t="s">
         <v>25</v>
       </c>
       <c r="C861" t="s">
         <v>8</v>
       </c>
       <c r="D861" t="s">
         <v>9</v>
       </c>
       <c r="E861">
-        <v>788.2</v>
+        <v>558.7</v>
       </c>
     </row>
     <row r="862" spans="1:5">
       <c r="A862">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B862" t="s">
         <v>25</v>
       </c>
       <c r="C862" t="s">
         <v>8</v>
       </c>
       <c r="D862" t="s">
         <v>10</v>
       </c>
       <c r="E862">
-        <v>533.7</v>
+        <v>553.0</v>
       </c>
     </row>
     <row r="863" spans="1:5">
       <c r="A863">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B863" t="s">
         <v>25</v>
       </c>
       <c r="C863" t="s">
         <v>8</v>
       </c>
       <c r="D863" t="s">
         <v>11</v>
       </c>
       <c r="E863">
-        <v>413.5</v>
+        <v>577.5</v>
       </c>
     </row>
     <row r="864" spans="1:5">
       <c r="A864">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B864" t="s">
         <v>25</v>
       </c>
       <c r="C864" t="s">
         <v>12</v>
       </c>
       <c r="D864" t="s">
         <v>13</v>
       </c>
       <c r="E864">
-        <v>1009.2</v>
+        <v>1092.6</v>
       </c>
     </row>
     <row r="865" spans="1:5">
       <c r="A865">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B865" t="s">
         <v>25</v>
       </c>
       <c r="C865" t="s">
         <v>12</v>
       </c>
       <c r="D865" t="s">
         <v>14</v>
       </c>
       <c r="E865">
-        <v>2219.7</v>
+        <v>1836.1</v>
       </c>
     </row>
     <row r="866" spans="1:5">
       <c r="A866">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B866" t="s">
         <v>5</v>
       </c>
       <c r="C866" t="s">
         <v>6</v>
       </c>
       <c r="D866" t="s">
         <v>7</v>
       </c>
       <c r="E866">
-        <v>1462.0</v>
+        <v>1228.7</v>
       </c>
     </row>
     <row r="867" spans="1:5">
       <c r="A867">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B867" t="s">
         <v>5</v>
       </c>
       <c r="C867" t="s">
         <v>8</v>
       </c>
       <c r="D867" t="s">
         <v>9</v>
       </c>
       <c r="E867">
-        <v>952.6</v>
+        <v>653.3</v>
       </c>
     </row>
     <row r="868" spans="1:5">
       <c r="A868">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B868" t="s">
         <v>5</v>
       </c>
       <c r="C868" t="s">
         <v>8</v>
       </c>
       <c r="D868" t="s">
         <v>10</v>
       </c>
       <c r="E868">
-        <v>612.2</v>
+        <v>550.2</v>
       </c>
     </row>
     <row r="869" spans="1:5">
       <c r="A869">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B869" t="s">
         <v>5</v>
       </c>
       <c r="C869" t="s">
         <v>8</v>
       </c>
       <c r="D869" t="s">
         <v>11</v>
       </c>
       <c r="E869">
-        <v>570.0</v>
+        <v>555.1</v>
       </c>
     </row>
     <row r="870" spans="1:5">
       <c r="A870">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B870" t="s">
         <v>5</v>
       </c>
       <c r="C870" t="s">
         <v>12</v>
       </c>
       <c r="D870" t="s">
         <v>13</v>
       </c>
       <c r="E870">
-        <v>1146.5</v>
+        <v>1267.8</v>
       </c>
     </row>
     <row r="871" spans="1:5">
       <c r="A871">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="B871" t="s">
         <v>5</v>
       </c>
       <c r="C871" t="s">
         <v>12</v>
       </c>
       <c r="D871" t="s">
         <v>14</v>
       </c>
       <c r="E871">
-        <v>2362.6</v>
+        <v>2197.1</v>
       </c>
     </row>
     <row r="872" spans="1:5">
       <c r="A872">
         <v>2013</v>
       </c>
       <c r="B872" t="s">
         <v>15</v>
       </c>
       <c r="C872" t="s">
         <v>6</v>
       </c>
       <c r="D872" t="s">
         <v>7</v>
       </c>
       <c r="E872">
-        <v>1315.0</v>
+        <v>1253.0</v>
       </c>
     </row>
     <row r="873" spans="1:5">
       <c r="A873">
         <v>2013</v>
       </c>
       <c r="B873" t="s">
         <v>15</v>
       </c>
       <c r="C873" t="s">
         <v>8</v>
       </c>
       <c r="D873" t="s">
         <v>9</v>
       </c>
       <c r="E873">
-        <v>660.7</v>
+        <v>559.3</v>
       </c>
     </row>
     <row r="874" spans="1:5">
       <c r="A874">
         <v>2013</v>
       </c>
       <c r="B874" t="s">
         <v>15</v>
       </c>
       <c r="C874" t="s">
         <v>8</v>
       </c>
       <c r="D874" t="s">
         <v>10</v>
       </c>
       <c r="E874">
-        <v>578.2</v>
+        <v>621.1</v>
       </c>
     </row>
     <row r="875" spans="1:5">
       <c r="A875">
         <v>2013</v>
       </c>
       <c r="B875" t="s">
         <v>15</v>
       </c>
       <c r="C875" t="s">
         <v>8</v>
       </c>
       <c r="D875" t="s">
         <v>11</v>
       </c>
       <c r="E875">
-        <v>531.5</v>
+        <v>567.9</v>
       </c>
     </row>
     <row r="876" spans="1:5">
       <c r="A876">
         <v>2013</v>
       </c>
       <c r="B876" t="s">
         <v>15</v>
       </c>
       <c r="C876" t="s">
         <v>12</v>
       </c>
       <c r="D876" t="s">
         <v>13</v>
       </c>
       <c r="E876">
-        <v>1178.0</v>
+        <v>1177.9</v>
       </c>
     </row>
     <row r="877" spans="1:5">
       <c r="A877">
         <v>2013</v>
       </c>
       <c r="B877" t="s">
         <v>15</v>
       </c>
       <c r="C877" t="s">
         <v>12</v>
       </c>
       <c r="D877" t="s">
         <v>14</v>
       </c>
       <c r="E877">
-        <v>1919.4</v>
+        <v>2102.5</v>
       </c>
     </row>
     <row r="878" spans="1:5">
       <c r="A878">
         <v>2013</v>
       </c>
       <c r="B878" t="s">
         <v>16</v>
       </c>
       <c r="C878" t="s">
         <v>6</v>
       </c>
       <c r="D878" t="s">
         <v>7</v>
       </c>
       <c r="E878">
-        <v>1566.5</v>
+        <v>1423.4</v>
       </c>
     </row>
     <row r="879" spans="1:5">
       <c r="A879">
         <v>2013</v>
       </c>
       <c r="B879" t="s">
         <v>16</v>
       </c>
       <c r="C879" t="s">
         <v>8</v>
       </c>
       <c r="D879" t="s">
         <v>9</v>
       </c>
       <c r="E879">
-        <v>718.3</v>
+        <v>788.2</v>
       </c>
     </row>
     <row r="880" spans="1:5">
       <c r="A880">
         <v>2013</v>
       </c>
       <c r="B880" t="s">
         <v>16</v>
       </c>
       <c r="C880" t="s">
         <v>8</v>
       </c>
       <c r="D880" t="s">
         <v>10</v>
       </c>
       <c r="E880">
-        <v>658.1</v>
+        <v>533.7</v>
       </c>
     </row>
     <row r="881" spans="1:5">
       <c r="A881">
         <v>2013</v>
       </c>
       <c r="B881" t="s">
         <v>16</v>
       </c>
       <c r="C881" t="s">
         <v>8</v>
       </c>
       <c r="D881" t="s">
         <v>11</v>
       </c>
       <c r="E881">
-        <v>575.3</v>
+        <v>413.5</v>
       </c>
     </row>
     <row r="882" spans="1:5">
       <c r="A882">
         <v>2013</v>
       </c>
       <c r="B882" t="s">
         <v>16</v>
       </c>
       <c r="C882" t="s">
         <v>12</v>
       </c>
       <c r="D882" t="s">
         <v>13</v>
       </c>
       <c r="E882">
-        <v>1488.4</v>
+        <v>1009.2</v>
       </c>
     </row>
     <row r="883" spans="1:5">
       <c r="A883">
         <v>2013</v>
       </c>
       <c r="B883" t="s">
         <v>16</v>
       </c>
       <c r="C883" t="s">
         <v>12</v>
       </c>
       <c r="D883" t="s">
         <v>14</v>
       </c>
       <c r="E883">
-        <v>2134.3</v>
+        <v>2219.7</v>
       </c>
     </row>
     <row r="884" spans="1:5">
       <c r="A884">
         <v>2013</v>
       </c>
       <c r="B884" t="s">
         <v>17</v>
       </c>
       <c r="C884" t="s">
         <v>6</v>
       </c>
       <c r="D884" t="s">
         <v>7</v>
       </c>
       <c r="E884">
-        <v>1730.5</v>
+        <v>1462.0</v>
       </c>
     </row>
     <row r="885" spans="1:5">
       <c r="A885">
         <v>2013</v>
       </c>
       <c r="B885" t="s">
         <v>17</v>
       </c>
       <c r="C885" t="s">
         <v>8</v>
       </c>
       <c r="D885" t="s">
         <v>9</v>
       </c>
       <c r="E885">
-        <v>715.9</v>
+        <v>952.6</v>
       </c>
     </row>
     <row r="886" spans="1:5">
       <c r="A886">
         <v>2013</v>
       </c>
       <c r="B886" t="s">
         <v>17</v>
       </c>
       <c r="C886" t="s">
         <v>8</v>
       </c>
       <c r="D886" t="s">
         <v>10</v>
       </c>
       <c r="E886">
-        <v>601.9</v>
+        <v>612.2</v>
       </c>
     </row>
     <row r="887" spans="1:5">
       <c r="A887">
         <v>2013</v>
       </c>
       <c r="B887" t="s">
         <v>17</v>
       </c>
       <c r="C887" t="s">
         <v>8</v>
       </c>
       <c r="D887" t="s">
         <v>11</v>
       </c>
       <c r="E887">
-        <v>511.7</v>
+        <v>570.0</v>
       </c>
     </row>
     <row r="888" spans="1:5">
       <c r="A888">
         <v>2013</v>
       </c>
       <c r="B888" t="s">
         <v>17</v>
       </c>
       <c r="C888" t="s">
         <v>12</v>
       </c>
       <c r="D888" t="s">
         <v>13</v>
       </c>
       <c r="E888">
-        <v>1209.9</v>
+        <v>1146.5</v>
       </c>
     </row>
     <row r="889" spans="1:5">
       <c r="A889">
         <v>2013</v>
       </c>
       <c r="B889" t="s">
         <v>17</v>
       </c>
       <c r="C889" t="s">
         <v>12</v>
       </c>
       <c r="D889" t="s">
         <v>14</v>
       </c>
       <c r="E889">
-        <v>2187.8</v>
+        <v>2362.6</v>
       </c>
     </row>
     <row r="890" spans="1:5">
       <c r="A890">
         <v>2013</v>
       </c>
       <c r="B890" t="s">
         <v>18</v>
       </c>
       <c r="C890" t="s">
         <v>6</v>
       </c>
       <c r="D890" t="s">
         <v>7</v>
       </c>
       <c r="E890">
-        <v>1338.5</v>
+        <v>1315.0</v>
       </c>
     </row>
     <row r="891" spans="1:5">
       <c r="A891">
         <v>2013</v>
       </c>
       <c r="B891" t="s">
         <v>18</v>
       </c>
       <c r="C891" t="s">
         <v>8</v>
       </c>
       <c r="D891" t="s">
         <v>9</v>
       </c>
       <c r="E891">
-        <v>681.6</v>
+        <v>660.7</v>
       </c>
     </row>
     <row r="892" spans="1:5">
       <c r="A892">
         <v>2013</v>
       </c>
       <c r="B892" t="s">
         <v>18</v>
       </c>
       <c r="C892" t="s">
         <v>8</v>
       </c>
       <c r="D892" t="s">
         <v>10</v>
       </c>
       <c r="E892">
-        <v>510.5</v>
+        <v>578.2</v>
       </c>
     </row>
     <row r="893" spans="1:5">
       <c r="A893">
         <v>2013</v>
       </c>
       <c r="B893" t="s">
         <v>18</v>
       </c>
       <c r="C893" t="s">
         <v>8</v>
       </c>
       <c r="D893" t="s">
         <v>11</v>
       </c>
       <c r="E893">
-        <v>446.8</v>
+        <v>531.5</v>
       </c>
     </row>
     <row r="894" spans="1:5">
       <c r="A894">
         <v>2013</v>
       </c>
       <c r="B894" t="s">
         <v>18</v>
       </c>
       <c r="C894" t="s">
         <v>12</v>
       </c>
       <c r="D894" t="s">
         <v>13</v>
       </c>
       <c r="E894">
-        <v>1151.2</v>
+        <v>1178.0</v>
       </c>
     </row>
     <row r="895" spans="1:5">
       <c r="A895">
         <v>2013</v>
       </c>
       <c r="B895" t="s">
         <v>18</v>
       </c>
       <c r="C895" t="s">
         <v>12</v>
       </c>
       <c r="D895" t="s">
         <v>14</v>
       </c>
       <c r="E895">
-        <v>1984.6</v>
+        <v>1919.4</v>
       </c>
     </row>
     <row r="896" spans="1:5">
       <c r="A896">
         <v>2013</v>
       </c>
       <c r="B896" t="s">
         <v>19</v>
       </c>
       <c r="C896" t="s">
         <v>6</v>
       </c>
       <c r="D896" t="s">
         <v>7</v>
       </c>
       <c r="E896">
-        <v>1573.0</v>
+        <v>1566.5</v>
       </c>
     </row>
     <row r="897" spans="1:5">
       <c r="A897">
         <v>2013</v>
       </c>
       <c r="B897" t="s">
         <v>19</v>
       </c>
       <c r="C897" t="s">
         <v>8</v>
       </c>
       <c r="D897" t="s">
         <v>9</v>
       </c>
       <c r="E897">
-        <v>782.2</v>
+        <v>718.3</v>
       </c>
     </row>
     <row r="898" spans="1:5">
       <c r="A898">
         <v>2013</v>
       </c>
       <c r="B898" t="s">
         <v>19</v>
       </c>
       <c r="C898" t="s">
         <v>8</v>
       </c>
       <c r="D898" t="s">
         <v>10</v>
       </c>
       <c r="E898">
-        <v>579.3</v>
+        <v>658.1</v>
       </c>
     </row>
     <row r="899" spans="1:5">
       <c r="A899">
         <v>2013</v>
       </c>
       <c r="B899" t="s">
         <v>19</v>
       </c>
       <c r="C899" t="s">
         <v>8</v>
       </c>
       <c r="D899" t="s">
         <v>11</v>
       </c>
       <c r="E899">
-        <v>387.3</v>
+        <v>575.3</v>
       </c>
     </row>
     <row r="900" spans="1:5">
       <c r="A900">
         <v>2013</v>
       </c>
       <c r="B900" t="s">
         <v>19</v>
       </c>
       <c r="C900" t="s">
         <v>12</v>
       </c>
       <c r="D900" t="s">
         <v>13</v>
       </c>
       <c r="E900">
-        <v>1484.5</v>
+        <v>1488.4</v>
       </c>
     </row>
     <row r="901" spans="1:5">
       <c r="A901">
         <v>2013</v>
       </c>
       <c r="B901" t="s">
         <v>19</v>
       </c>
       <c r="C901" t="s">
         <v>12</v>
       </c>
       <c r="D901" t="s">
         <v>14</v>
       </c>
       <c r="E901">
-        <v>2265.1</v>
+        <v>2134.3</v>
       </c>
     </row>
     <row r="902" spans="1:5">
       <c r="A902">
         <v>2013</v>
       </c>
       <c r="B902" t="s">
         <v>20</v>
       </c>
       <c r="C902" t="s">
         <v>6</v>
       </c>
       <c r="D902" t="s">
         <v>7</v>
       </c>
       <c r="E902">
-        <v>1573.1</v>
+        <v>1730.5</v>
       </c>
     </row>
     <row r="903" spans="1:5">
       <c r="A903">
         <v>2013</v>
       </c>
       <c r="B903" t="s">
         <v>20</v>
       </c>
       <c r="C903" t="s">
         <v>8</v>
       </c>
       <c r="D903" t="s">
         <v>9</v>
       </c>
       <c r="E903">
-        <v>771.9</v>
+        <v>715.9</v>
       </c>
     </row>
     <row r="904" spans="1:5">
       <c r="A904">
         <v>2013</v>
       </c>
       <c r="B904" t="s">
         <v>20</v>
       </c>
       <c r="C904" t="s">
         <v>8</v>
       </c>
       <c r="D904" t="s">
         <v>10</v>
       </c>
       <c r="E904">
-        <v>589.0</v>
+        <v>601.9</v>
       </c>
     </row>
     <row r="905" spans="1:5">
       <c r="A905">
         <v>2013</v>
       </c>
       <c r="B905" t="s">
         <v>20</v>
       </c>
       <c r="C905" t="s">
         <v>8</v>
       </c>
       <c r="D905" t="s">
         <v>11</v>
       </c>
       <c r="E905">
-        <v>308.6</v>
+        <v>511.7</v>
       </c>
     </row>
     <row r="906" spans="1:5">
       <c r="A906">
         <v>2013</v>
       </c>
       <c r="B906" t="s">
         <v>20</v>
       </c>
       <c r="C906" t="s">
         <v>12</v>
       </c>
       <c r="D906" t="s">
         <v>13</v>
       </c>
       <c r="E906">
-        <v>1445.2</v>
+        <v>1209.9</v>
       </c>
     </row>
     <row r="907" spans="1:5">
       <c r="A907">
         <v>2013</v>
       </c>
       <c r="B907" t="s">
         <v>20</v>
       </c>
       <c r="C907" t="s">
         <v>12</v>
       </c>
       <c r="D907" t="s">
         <v>14</v>
       </c>
       <c r="E907">
-        <v>2107.3</v>
+        <v>2187.8</v>
       </c>
     </row>
     <row r="908" spans="1:5">
       <c r="A908">
         <v>2013</v>
       </c>
       <c r="B908" t="s">
         <v>21</v>
       </c>
       <c r="C908" t="s">
         <v>6</v>
       </c>
       <c r="D908" t="s">
         <v>7</v>
       </c>
       <c r="E908">
-        <v>1328.4</v>
+        <v>1338.5</v>
       </c>
     </row>
     <row r="909" spans="1:5">
       <c r="A909">
         <v>2013</v>
       </c>
       <c r="B909" t="s">
         <v>21</v>
       </c>
       <c r="C909" t="s">
         <v>8</v>
       </c>
       <c r="D909" t="s">
         <v>9</v>
       </c>
       <c r="E909">
-        <v>624.3</v>
+        <v>681.6</v>
       </c>
     </row>
     <row r="910" spans="1:5">
       <c r="A910">
         <v>2013</v>
       </c>
       <c r="B910" t="s">
         <v>21</v>
       </c>
       <c r="C910" t="s">
         <v>8</v>
       </c>
       <c r="D910" t="s">
         <v>10</v>
       </c>
       <c r="E910">
-        <v>609.5</v>
+        <v>510.5</v>
       </c>
     </row>
     <row r="911" spans="1:5">
       <c r="A911">
         <v>2013</v>
       </c>
       <c r="B911" t="s">
         <v>21</v>
       </c>
       <c r="C911" t="s">
         <v>8</v>
       </c>
       <c r="D911" t="s">
         <v>11</v>
       </c>
       <c r="E911">
-        <v>445.5</v>
+        <v>446.8</v>
       </c>
     </row>
     <row r="912" spans="1:5">
       <c r="A912">
         <v>2013</v>
       </c>
       <c r="B912" t="s">
         <v>21</v>
       </c>
       <c r="C912" t="s">
         <v>12</v>
       </c>
       <c r="D912" t="s">
         <v>13</v>
       </c>
       <c r="E912">
-        <v>1063.5</v>
+        <v>1151.2</v>
       </c>
     </row>
     <row r="913" spans="1:5">
       <c r="A913">
         <v>2013</v>
       </c>
       <c r="B913" t="s">
         <v>21</v>
       </c>
       <c r="C913" t="s">
         <v>12</v>
       </c>
       <c r="D913" t="s">
         <v>14</v>
       </c>
       <c r="E913">
-        <v>1986.0</v>
+        <v>1984.6</v>
       </c>
     </row>
     <row r="914" spans="1:5">
       <c r="A914">
         <v>2013</v>
       </c>
       <c r="B914" t="s">
         <v>22</v>
       </c>
       <c r="C914" t="s">
         <v>6</v>
       </c>
       <c r="D914" t="s">
         <v>7</v>
       </c>
       <c r="E914">
-        <v>1318.9</v>
+        <v>1573.0</v>
       </c>
     </row>
     <row r="915" spans="1:5">
       <c r="A915">
         <v>2013</v>
       </c>
       <c r="B915" t="s">
         <v>22</v>
       </c>
       <c r="C915" t="s">
         <v>8</v>
       </c>
       <c r="D915" t="s">
         <v>9</v>
       </c>
       <c r="E915">
-        <v>621.6</v>
+        <v>782.2</v>
       </c>
     </row>
     <row r="916" spans="1:5">
       <c r="A916">
         <v>2013</v>
       </c>
       <c r="B916" t="s">
         <v>22</v>
       </c>
       <c r="C916" t="s">
         <v>8</v>
       </c>
       <c r="D916" t="s">
         <v>10</v>
       </c>
       <c r="E916">
-        <v>513.1</v>
+        <v>579.3</v>
       </c>
     </row>
     <row r="917" spans="1:5">
       <c r="A917">
         <v>2013</v>
       </c>
       <c r="B917" t="s">
         <v>22</v>
       </c>
       <c r="C917" t="s">
         <v>8</v>
       </c>
       <c r="D917" t="s">
         <v>11</v>
       </c>
       <c r="E917">
-        <v>469.4</v>
+        <v>387.3</v>
       </c>
     </row>
     <row r="918" spans="1:5">
       <c r="A918">
         <v>2013</v>
       </c>
       <c r="B918" t="s">
         <v>22</v>
       </c>
       <c r="C918" t="s">
         <v>12</v>
       </c>
       <c r="D918" t="s">
         <v>13</v>
       </c>
       <c r="E918">
-        <v>1260.3</v>
+        <v>1484.5</v>
       </c>
     </row>
     <row r="919" spans="1:5">
       <c r="A919">
         <v>2013</v>
       </c>
       <c r="B919" t="s">
         <v>22</v>
       </c>
       <c r="C919" t="s">
         <v>12</v>
       </c>
       <c r="D919" t="s">
         <v>14</v>
       </c>
       <c r="E919">
-        <v>1955.7</v>
+        <v>2265.1</v>
       </c>
     </row>
     <row r="920" spans="1:5">
       <c r="A920">
         <v>2013</v>
       </c>
       <c r="B920" t="s">
         <v>23</v>
       </c>
       <c r="C920" t="s">
         <v>6</v>
       </c>
       <c r="D920" t="s">
         <v>7</v>
       </c>
       <c r="E920">
-        <v>1543.5</v>
+        <v>1573.1</v>
       </c>
     </row>
     <row r="921" spans="1:5">
       <c r="A921">
         <v>2013</v>
       </c>
       <c r="B921" t="s">
         <v>23</v>
       </c>
       <c r="C921" t="s">
         <v>8</v>
       </c>
       <c r="D921" t="s">
         <v>9</v>
       </c>
       <c r="E921">
-        <v>659.3</v>
+        <v>771.9</v>
       </c>
     </row>
     <row r="922" spans="1:5">
       <c r="A922">
         <v>2013</v>
       </c>
       <c r="B922" t="s">
         <v>23</v>
       </c>
       <c r="C922" t="s">
         <v>8</v>
       </c>
       <c r="D922" t="s">
         <v>10</v>
       </c>
       <c r="E922">
-        <v>573.5</v>
+        <v>589.0</v>
       </c>
     </row>
     <row r="923" spans="1:5">
       <c r="A923">
         <v>2013</v>
       </c>
       <c r="B923" t="s">
         <v>23</v>
       </c>
       <c r="C923" t="s">
         <v>8</v>
       </c>
       <c r="D923" t="s">
         <v>11</v>
       </c>
       <c r="E923">
-        <v>507.5</v>
+        <v>308.6</v>
       </c>
     </row>
     <row r="924" spans="1:5">
       <c r="A924">
         <v>2013</v>
       </c>
       <c r="B924" t="s">
         <v>23</v>
       </c>
       <c r="C924" t="s">
         <v>12</v>
       </c>
       <c r="D924" t="s">
         <v>13</v>
       </c>
       <c r="E924">
-        <v>1494.1</v>
+        <v>1445.2</v>
       </c>
     </row>
     <row r="925" spans="1:5">
       <c r="A925">
         <v>2013</v>
       </c>
       <c r="B925" t="s">
         <v>23</v>
       </c>
       <c r="C925" t="s">
         <v>12</v>
       </c>
       <c r="D925" t="s">
         <v>14</v>
       </c>
       <c r="E925">
+        <v>2107.3</v>
+      </c>
+    </row>
+    <row r="926" spans="1:5">
+      <c r="A926">
+        <v>2013</v>
+      </c>
+      <c r="B926" t="s">
+        <v>24</v>
+      </c>
+      <c r="C926" t="s">
+        <v>6</v>
+      </c>
+      <c r="D926" t="s">
+        <v>7</v>
+      </c>
+      <c r="E926">
+        <v>1328.4</v>
+      </c>
+    </row>
+    <row r="927" spans="1:5">
+      <c r="A927">
+        <v>2013</v>
+      </c>
+      <c r="B927" t="s">
+        <v>24</v>
+      </c>
+      <c r="C927" t="s">
+        <v>8</v>
+      </c>
+      <c r="D927" t="s">
+        <v>9</v>
+      </c>
+      <c r="E927">
+        <v>624.3</v>
+      </c>
+    </row>
+    <row r="928" spans="1:5">
+      <c r="A928">
+        <v>2013</v>
+      </c>
+      <c r="B928" t="s">
+        <v>24</v>
+      </c>
+      <c r="C928" t="s">
+        <v>8</v>
+      </c>
+      <c r="D928" t="s">
+        <v>10</v>
+      </c>
+      <c r="E928">
+        <v>609.5</v>
+      </c>
+    </row>
+    <row r="929" spans="1:5">
+      <c r="A929">
+        <v>2013</v>
+      </c>
+      <c r="B929" t="s">
+        <v>24</v>
+      </c>
+      <c r="C929" t="s">
+        <v>8</v>
+      </c>
+      <c r="D929" t="s">
+        <v>11</v>
+      </c>
+      <c r="E929">
+        <v>445.5</v>
+      </c>
+    </row>
+    <row r="930" spans="1:5">
+      <c r="A930">
+        <v>2013</v>
+      </c>
+      <c r="B930" t="s">
+        <v>24</v>
+      </c>
+      <c r="C930" t="s">
+        <v>12</v>
+      </c>
+      <c r="D930" t="s">
+        <v>13</v>
+      </c>
+      <c r="E930">
+        <v>1063.5</v>
+      </c>
+    </row>
+    <row r="931" spans="1:5">
+      <c r="A931">
+        <v>2013</v>
+      </c>
+      <c r="B931" t="s">
+        <v>24</v>
+      </c>
+      <c r="C931" t="s">
+        <v>12</v>
+      </c>
+      <c r="D931" t="s">
+        <v>14</v>
+      </c>
+      <c r="E931">
+        <v>1986.0</v>
+      </c>
+    </row>
+    <row r="932" spans="1:5">
+      <c r="A932">
+        <v>2013</v>
+      </c>
+      <c r="B932" t="s">
+        <v>25</v>
+      </c>
+      <c r="C932" t="s">
+        <v>6</v>
+      </c>
+      <c r="D932" t="s">
+        <v>7</v>
+      </c>
+      <c r="E932">
+        <v>1318.9</v>
+      </c>
+    </row>
+    <row r="933" spans="1:5">
+      <c r="A933">
+        <v>2013</v>
+      </c>
+      <c r="B933" t="s">
+        <v>25</v>
+      </c>
+      <c r="C933" t="s">
+        <v>8</v>
+      </c>
+      <c r="D933" t="s">
+        <v>9</v>
+      </c>
+      <c r="E933">
+        <v>621.6</v>
+      </c>
+    </row>
+    <row r="934" spans="1:5">
+      <c r="A934">
+        <v>2013</v>
+      </c>
+      <c r="B934" t="s">
+        <v>25</v>
+      </c>
+      <c r="C934" t="s">
+        <v>8</v>
+      </c>
+      <c r="D934" t="s">
+        <v>10</v>
+      </c>
+      <c r="E934">
+        <v>513.1</v>
+      </c>
+    </row>
+    <row r="935" spans="1:5">
+      <c r="A935">
+        <v>2013</v>
+      </c>
+      <c r="B935" t="s">
+        <v>25</v>
+      </c>
+      <c r="C935" t="s">
+        <v>8</v>
+      </c>
+      <c r="D935" t="s">
+        <v>11</v>
+      </c>
+      <c r="E935">
+        <v>469.4</v>
+      </c>
+    </row>
+    <row r="936" spans="1:5">
+      <c r="A936">
+        <v>2013</v>
+      </c>
+      <c r="B936" t="s">
+        <v>25</v>
+      </c>
+      <c r="C936" t="s">
+        <v>12</v>
+      </c>
+      <c r="D936" t="s">
+        <v>13</v>
+      </c>
+      <c r="E936">
+        <v>1260.3</v>
+      </c>
+    </row>
+    <row r="937" spans="1:5">
+      <c r="A937">
+        <v>2013</v>
+      </c>
+      <c r="B937" t="s">
+        <v>25</v>
+      </c>
+      <c r="C937" t="s">
+        <v>12</v>
+      </c>
+      <c r="D937" t="s">
+        <v>14</v>
+      </c>
+      <c r="E937">
+        <v>1955.7</v>
+      </c>
+    </row>
+    <row r="938" spans="1:5">
+      <c r="A938">
+        <v>2013</v>
+      </c>
+      <c r="B938" t="s">
+        <v>5</v>
+      </c>
+      <c r="C938" t="s">
+        <v>6</v>
+      </c>
+      <c r="D938" t="s">
+        <v>7</v>
+      </c>
+      <c r="E938">
+        <v>1543.5</v>
+      </c>
+    </row>
+    <row r="939" spans="1:5">
+      <c r="A939">
+        <v>2013</v>
+      </c>
+      <c r="B939" t="s">
+        <v>5</v>
+      </c>
+      <c r="C939" t="s">
+        <v>8</v>
+      </c>
+      <c r="D939" t="s">
+        <v>9</v>
+      </c>
+      <c r="E939">
+        <v>659.3</v>
+      </c>
+    </row>
+    <row r="940" spans="1:5">
+      <c r="A940">
+        <v>2013</v>
+      </c>
+      <c r="B940" t="s">
+        <v>5</v>
+      </c>
+      <c r="C940" t="s">
+        <v>8</v>
+      </c>
+      <c r="D940" t="s">
+        <v>10</v>
+      </c>
+      <c r="E940">
+        <v>573.5</v>
+      </c>
+    </row>
+    <row r="941" spans="1:5">
+      <c r="A941">
+        <v>2013</v>
+      </c>
+      <c r="B941" t="s">
+        <v>5</v>
+      </c>
+      <c r="C941" t="s">
+        <v>8</v>
+      </c>
+      <c r="D941" t="s">
+        <v>11</v>
+      </c>
+      <c r="E941">
+        <v>507.5</v>
+      </c>
+    </row>
+    <row r="942" spans="1:5">
+      <c r="A942">
+        <v>2013</v>
+      </c>
+      <c r="B942" t="s">
+        <v>5</v>
+      </c>
+      <c r="C942" t="s">
+        <v>12</v>
+      </c>
+      <c r="D942" t="s">
+        <v>13</v>
+      </c>
+      <c r="E942">
+        <v>1494.1</v>
+      </c>
+    </row>
+    <row r="943" spans="1:5">
+      <c r="A943">
+        <v>2013</v>
+      </c>
+      <c r="B943" t="s">
+        <v>5</v>
+      </c>
+      <c r="C943" t="s">
+        <v>12</v>
+      </c>
+      <c r="D943" t="s">
+        <v>14</v>
+      </c>
+      <c r="E943">
         <v>2254.9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>